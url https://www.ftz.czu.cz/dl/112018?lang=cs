--- v0 (2025-10-26)
+++ v1 (2026-02-25)
@@ -47,57 +47,57 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E3708F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Request </w:t>
       </w:r>
       <w:r w:rsidR="00291DED" w:rsidRPr="00E3708F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>for a business trip abroad</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1CABD29B" w14:textId="77777777" w:rsidR="00291DED" w:rsidRPr="00A03B1C" w:rsidRDefault="00291DED" w:rsidP="003D0783">
+    <w:p w14:paraId="1CABD29B" w14:textId="77777777" w:rsidR="00291DED" w:rsidRPr="00CB7221" w:rsidRDefault="00291DED" w:rsidP="003D0783">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="19"/>
-          <w:szCs w:val="19"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
           <w:shd w:val="clear" w:color="auto" w:fill="F5F5F5"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="66C09514" w14:textId="487F4A2B" w:rsidR="00E27103" w:rsidRPr="00927BD1" w:rsidRDefault="00E27103" w:rsidP="00F86185">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00927BD1">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">I would like to approve the </w:t>
       </w:r>
       <w:r w:rsidR="007D6EE6" w:rsidRPr="00927BD1">
@@ -139,60 +139,60 @@
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">order </w:t>
       </w:r>
       <w:r w:rsidR="003671FE" w:rsidRPr="00927BD1">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>for a</w:t>
       </w:r>
       <w:r w:rsidRPr="00927BD1">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> business trip abroad with following information:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1359A6E6" w14:textId="77777777" w:rsidR="00927BD1" w:rsidRDefault="00927BD1" w:rsidP="00F86185">
+    <w:p w14:paraId="1359A6E6" w14:textId="77777777" w:rsidR="00927BD1" w:rsidRPr="00CB7221" w:rsidRDefault="00927BD1" w:rsidP="00F86185">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
-          <w:sz w:val="19"/>
-          <w:szCs w:val="19"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="16724F75" w14:textId="1F90DC21" w:rsidR="00E27103" w:rsidRPr="007818AD" w:rsidRDefault="00E27103" w:rsidP="00F86185">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007818AD">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
@@ -946,50 +946,51 @@
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:sz w:val="19"/>
             <w:szCs w:val="19"/>
           </w:rPr>
           <w:id w:val="-1321032650"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="002A2888">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
               <w:sz w:val="19"/>
               <w:szCs w:val="19"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="002A2888" w:rsidRPr="007818AD">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="002A2888" w:rsidRPr="007818AD">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
@@ -997,50 +998,51 @@
         <w:t>Yes</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="002A2888" w:rsidRPr="007818AD">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:sz w:val="19"/>
             <w:szCs w:val="19"/>
           </w:rPr>
           <w:id w:val="123045353"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="002A2888" w:rsidRPr="007818AD">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
               <w:sz w:val="19"/>
               <w:szCs w:val="19"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="002A2888" w:rsidRPr="007818AD">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t xml:space="preserve"> No</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4FD0D830" w14:textId="2AB4FA03" w:rsidR="00E27103" w:rsidRPr="007818AD" w:rsidRDefault="11E19C6F" w:rsidP="00F86185">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
@@ -1317,50 +1319,51 @@
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Starting place of the travel: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:sz w:val="19"/>
             <w:szCs w:val="19"/>
           </w:rPr>
           <w:id w:val="-829668746"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00CC1393" w:rsidRPr="007818AD">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
               <w:sz w:val="19"/>
               <w:szCs w:val="19"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="007818AD">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="000E4810" w:rsidRPr="007818AD">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
@@ -1424,50 +1427,51 @@
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="007818AD">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:sz w:val="19"/>
             <w:szCs w:val="19"/>
           </w:rPr>
           <w:id w:val="61610953"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00CC1393" w:rsidRPr="007818AD">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
               <w:sz w:val="19"/>
               <w:szCs w:val="19"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="007818AD">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="000E4810" w:rsidRPr="007818AD">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
@@ -1525,50 +1529,51 @@
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="007818AD">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:sz w:val="19"/>
             <w:szCs w:val="19"/>
           </w:rPr>
           <w:id w:val="1027448658"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidRPr="007818AD">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
               <w:sz w:val="19"/>
               <w:szCs w:val="19"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="007818AD">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="000E4810" w:rsidRPr="007818AD">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
@@ -1707,50 +1712,51 @@
       <w:r w:rsidRPr="007818AD">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t xml:space="preserve">:  </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:sz w:val="19"/>
             <w:szCs w:val="19"/>
           </w:rPr>
           <w:id w:val="-28575464"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidRPr="007818AD">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
               <w:sz w:val="19"/>
               <w:szCs w:val="19"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="007818AD">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t xml:space="preserve"> residence</w:t>
       </w:r>
       <w:r w:rsidRPr="007818AD">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
@@ -1790,104 +1796,88 @@
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="007818AD">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:sz w:val="19"/>
             <w:szCs w:val="19"/>
           </w:rPr>
           <w:id w:val="2137824398"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidRPr="007818AD">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
               <w:sz w:val="19"/>
               <w:szCs w:val="19"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="007818AD">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007818AD">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t>workplace</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007818AD">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-[...16 lines deleted...]
-        <w:t>: …………………………………………………………………………………….</w:t>
+        <w:t>address: …………………………………………………………………………………….</w:t>
       </w:r>
       <w:r w:rsidRPr="007818AD">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FDBFD6C" w14:textId="77777777" w:rsidR="00EE2CEB" w:rsidRPr="007818AD" w:rsidRDefault="00EE2CEB" w:rsidP="00EE2CEB">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007818AD">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t xml:space="preserve">                </w:t>
@@ -1908,50 +1898,51 @@
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="007818AD">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:sz w:val="19"/>
             <w:szCs w:val="19"/>
           </w:rPr>
           <w:id w:val="1716236592"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidRPr="007818AD">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
               <w:sz w:val="19"/>
               <w:szCs w:val="19"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="007818AD">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007818AD">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
@@ -2061,50 +2052,51 @@
       <w:r w:rsidR="004A11CA" w:rsidRPr="007818AD">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:sz w:val="19"/>
             <w:szCs w:val="19"/>
           </w:rPr>
           <w:id w:val="-1630703143"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="002A2888">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
               <w:sz w:val="19"/>
               <w:szCs w:val="19"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="007818AD">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007818AD">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
@@ -2112,50 +2104,51 @@
         <w:t>Yes</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007818AD">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:sz w:val="19"/>
             <w:szCs w:val="19"/>
           </w:rPr>
           <w:id w:val="-204415468"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidRPr="007818AD">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
               <w:sz w:val="19"/>
               <w:szCs w:val="19"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="007818AD">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t xml:space="preserve"> No</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="057A1C3C" w14:textId="122928CE" w:rsidR="000833D2" w:rsidRPr="007818AD" w:rsidRDefault="000833D2" w:rsidP="00F86185">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
@@ -2331,50 +2324,51 @@
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidR="009923BD">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:sz w:val="19"/>
             <w:szCs w:val="19"/>
           </w:rPr>
           <w:id w:val="-925654241"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00AC0389" w:rsidRPr="007818AD">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
               <w:sz w:val="19"/>
               <w:szCs w:val="19"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="007818AD">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t xml:space="preserve"> cash</w:t>
       </w:r>
       <w:r w:rsidR="004A11CA" w:rsidRPr="007818AD">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
@@ -2460,50 +2454,51 @@
           <w:szCs w:val="19"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                                                       </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:sz w:val="19"/>
             <w:szCs w:val="19"/>
           </w:rPr>
           <w:id w:val="1042562547"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="000833D2" w:rsidRPr="007818AD">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
               <w:sz w:val="19"/>
               <w:szCs w:val="19"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="000833D2" w:rsidRPr="007818AD">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t xml:space="preserve"> bank </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="004A11CA" w:rsidRPr="007818AD">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
@@ -2962,50 +2957,51 @@
       <w:r w:rsidR="00D07243" w:rsidRPr="007818AD">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:sz w:val="19"/>
             <w:szCs w:val="19"/>
           </w:rPr>
           <w:id w:val="787165996"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00312C03" w:rsidRPr="007818AD">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
               <w:sz w:val="19"/>
               <w:szCs w:val="19"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00BA186A" w:rsidRPr="007818AD">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00BA186A" w:rsidRPr="007818AD">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
@@ -3013,50 +3009,51 @@
         <w:t>Yes</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00BA186A" w:rsidRPr="007818AD">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:sz w:val="19"/>
             <w:szCs w:val="19"/>
           </w:rPr>
           <w:id w:val="1634056240"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00BA186A" w:rsidRPr="007818AD">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
               <w:sz w:val="19"/>
               <w:szCs w:val="19"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00BA186A" w:rsidRPr="007818AD">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t xml:space="preserve"> No</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1E81DB1F" w14:textId="6330CA7D" w:rsidR="00A7621C" w:rsidRPr="007818AD" w:rsidRDefault="005D6E4A" w:rsidP="00F86185">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="19"/>
@@ -3284,50 +3281,51 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00233BF7" w:rsidRPr="007818AD">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:sz w:val="19"/>
             <w:szCs w:val="19"/>
           </w:rPr>
           <w:id w:val="1048265971"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="002C6B67" w:rsidRPr="007818AD">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
               <w:sz w:val="19"/>
               <w:szCs w:val="19"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="008D4A8D" w:rsidRPr="007818AD">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="008D4A8D" w:rsidRPr="007818AD">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
@@ -3420,50 +3418,51 @@
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="0094426A" w:rsidRPr="007818AD">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:sz w:val="19"/>
             <w:szCs w:val="19"/>
           </w:rPr>
           <w:id w:val="447358620"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00156F7E" w:rsidRPr="007818AD">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
               <w:sz w:val="19"/>
               <w:szCs w:val="19"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00233BF7" w:rsidRPr="007818AD">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00233BF7" w:rsidRPr="007818AD">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
@@ -3530,50 +3529,51 @@
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00D07243" w:rsidRPr="005855CD">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:sz w:val="19"/>
             <w:szCs w:val="19"/>
           </w:rPr>
           <w:id w:val="506023921"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00552CA1" w:rsidRPr="005855CD">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
               <w:sz w:val="19"/>
               <w:szCs w:val="19"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00552CA1" w:rsidRPr="005855CD">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00552CA1" w:rsidRPr="005855CD">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
@@ -3635,50 +3635,51 @@
         <w:tab/>
       </w:r>
       <w:r w:rsidR="0094426A" w:rsidRPr="005855CD">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:sz w:val="19"/>
             <w:szCs w:val="19"/>
           </w:rPr>
           <w:id w:val="952209867"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidRPr="005855CD">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
               <w:sz w:val="19"/>
               <w:szCs w:val="19"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00CE41A1" w:rsidRPr="005855CD">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00CE41A1" w:rsidRPr="005855CD">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
@@ -3719,766 +3720,50 @@
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t>the</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00CE41A1" w:rsidRPr="005855CD">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t xml:space="preserve"> per </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00CE41A1" w:rsidRPr="005855CD">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t>diem</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w14:paraId="4280436D" w14:textId="3C41D0D7" w:rsidR="00CE41A1" w:rsidRPr="005855CD" w:rsidRDefault="00CE41A1" w:rsidP="00F86185">
-[...714 lines deleted...]
-    </w:p>
     <w:p w14:paraId="4A878E86" w14:textId="76BFE869" w:rsidR="00E27103" w:rsidRPr="009E5589" w:rsidRDefault="00E27103" w:rsidP="00F86185">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E5589">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">I </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="009E5589">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
@@ -4514,59 +3799,59 @@
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="009E5589">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>that</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00A95266" w:rsidRPr="009E5589">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4171ABB6" w14:textId="77777777" w:rsidR="00291DED" w:rsidRPr="00A03B1C" w:rsidRDefault="00291DED" w:rsidP="00F86185">
+    <w:p w14:paraId="4171ABB6" w14:textId="77777777" w:rsidR="00291DED" w:rsidRPr="00CB7221" w:rsidRDefault="00291DED" w:rsidP="00F86185">
       <w:pPr>
         <w:pStyle w:val="Odstavecseseznamem"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
-          <w:sz w:val="19"/>
-          <w:szCs w:val="19"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="33B2DD0E" w14:textId="09A1C7AB" w:rsidR="00087E59" w:rsidRPr="00A03B1C" w:rsidRDefault="00291DED" w:rsidP="00F86185">
       <w:pPr>
         <w:pStyle w:val="Odstavecseseznamem"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="426" w:hanging="426"/>
         <w:rPr>
           <w:rStyle w:val="Hypertextovodkaz"/>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A03B1C">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
@@ -4880,73 +4165,74 @@
       <w:r w:rsidRPr="00A03B1C">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId11" w:history="1">
         <w:r w:rsidR="00087E59" w:rsidRPr="00A03B1C">
           <w:rPr>
             <w:rStyle w:val="Hypertextovodkaz"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:b/>
             <w:bCs/>
             <w:sz w:val="19"/>
             <w:szCs w:val="19"/>
           </w:rPr>
           <w:t>https://drozd.mzv.cz/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="3BDF5581" w14:textId="3FF3E784" w:rsidR="008C2B3E" w:rsidRPr="00A03B1C" w:rsidRDefault="00000000" w:rsidP="00F86185">
+    <w:p w14:paraId="3BDF5581" w14:textId="3FF3E784" w:rsidR="008C2B3E" w:rsidRPr="00A03B1C" w:rsidRDefault="00115276" w:rsidP="00F86185">
       <w:pPr>
         <w:ind w:left="705" w:hanging="705"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:sz w:val="19"/>
             <w:szCs w:val="19"/>
           </w:rPr>
           <w:id w:val="1057364158"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00E27103" w:rsidRPr="00A03B1C">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
               <w:sz w:val="19"/>
               <w:szCs w:val="19"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00E27103" w:rsidRPr="00A03B1C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00E27103" w:rsidRPr="00A03B1C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
@@ -4954,99 +4240,101 @@
         <w:t>Yes</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00E27103" w:rsidRPr="00A03B1C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:sz w:val="19"/>
             <w:szCs w:val="19"/>
           </w:rPr>
           <w:id w:val="892236014"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00E27103" w:rsidRPr="00A03B1C">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
               <w:sz w:val="19"/>
               <w:szCs w:val="19"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00E27103" w:rsidRPr="00A03B1C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t xml:space="preserve"> No </w:t>
       </w:r>
       <w:r w:rsidR="00E27103" w:rsidRPr="00A03B1C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00E27103" w:rsidRPr="00A03B1C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:sz w:val="19"/>
             <w:szCs w:val="19"/>
           </w:rPr>
           <w:id w:val="-864593073"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00F373E2" w:rsidRPr="00A03B1C">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
               <w:sz w:val="19"/>
               <w:szCs w:val="19"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00F373E2" w:rsidRPr="00A03B1C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00E27103" w:rsidRPr="00A03B1C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
@@ -5145,58 +4433,58 @@
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
       <w:r w:rsidR="00EA7618" w:rsidRPr="00A03B1C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t>m</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00EA7618" w:rsidRPr="00A03B1C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5308B42A" w14:textId="77777777" w:rsidR="00F373E2" w:rsidRPr="00A03B1C" w:rsidRDefault="00F373E2" w:rsidP="00F86185">
+    <w:p w14:paraId="5308B42A" w14:textId="77777777" w:rsidR="00F373E2" w:rsidRPr="00CB7221" w:rsidRDefault="00F373E2" w:rsidP="00F86185">
       <w:pPr>
         <w:ind w:left="705" w:hanging="705"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
-          <w:sz w:val="19"/>
-          <w:szCs w:val="19"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4369EDA5" w14:textId="528D2CE3" w:rsidR="00291DED" w:rsidRPr="00A03B1C" w:rsidRDefault="00291DED" w:rsidP="00F86185">
       <w:pPr>
         <w:pStyle w:val="Odstavecseseznamem"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="426" w:hanging="426"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A03B1C">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
@@ -5520,73 +4808,74 @@
       <w:r w:rsidRPr="00A03B1C">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A03B1C">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t>destination</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w14:paraId="156A7FC8" w14:textId="38F1845C" w:rsidR="00E27103" w:rsidRPr="00A03B1C" w:rsidRDefault="00000000" w:rsidP="00F86185">
+    <w:p w14:paraId="156A7FC8" w14:textId="38F1845C" w:rsidR="00E27103" w:rsidRPr="00A03B1C" w:rsidRDefault="00115276" w:rsidP="00F86185">
       <w:pPr>
         <w:ind w:left="705" w:hanging="705"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:sz w:val="19"/>
             <w:szCs w:val="19"/>
           </w:rPr>
           <w:id w:val="522601230"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00E27103" w:rsidRPr="00A03B1C">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
               <w:sz w:val="19"/>
               <w:szCs w:val="19"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00E27103" w:rsidRPr="00A03B1C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00E27103" w:rsidRPr="00A03B1C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
@@ -5594,50 +4883,51 @@
         <w:t>Yes</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00E27103" w:rsidRPr="00A03B1C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:sz w:val="19"/>
             <w:szCs w:val="19"/>
           </w:rPr>
           <w:id w:val="-966967051"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00E27103" w:rsidRPr="00A03B1C">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
               <w:sz w:val="19"/>
               <w:szCs w:val="19"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00E27103" w:rsidRPr="00A03B1C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t xml:space="preserve"> No </w:t>
       </w:r>
       <w:r w:rsidR="00E27103" w:rsidRPr="00A03B1C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
@@ -5648,51 +4938,50 @@
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="1E893A8D" w14:textId="68380594" w:rsidR="000B1A57" w:rsidRPr="00A03B1C" w:rsidRDefault="000B1A57" w:rsidP="00A40F98">
       <w:pPr>
         <w:pStyle w:val="FormtovanvHTML"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A03B1C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Please</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00A03B1C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A03B1C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t>see</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00A03B1C">
         <w:rPr>
@@ -5833,60 +5122,60 @@
         </w:rPr>
         <w:t>risks</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00A40F98" w:rsidRPr="00A03B1C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:hyperlink r:id="rId12" w:history="1">
         <w:r w:rsidR="00A40F98" w:rsidRPr="00A03B1C">
           <w:rPr>
             <w:rStyle w:val="Hypertextovodkaz"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:sz w:val="19"/>
             <w:szCs w:val="19"/>
           </w:rPr>
           <w:t>https://secure.ervpojistovna.cz/download/warlist.pdf?_gl=1*1hun0r2*_ga*Nzg3MTg2OTcwLjE2NDQ5MTQ2MzU.*_ga_V4D4088MVK*MTY4MTcyOTc4OC4xMTguMS4xNjgxNzI5ODkwLjAuMC4w</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="29E58F10" w14:textId="77777777" w:rsidR="00E27103" w:rsidRPr="00A03B1C" w:rsidRDefault="00E27103" w:rsidP="00F86185">
+    <w:p w14:paraId="29E58F10" w14:textId="77777777" w:rsidR="00E27103" w:rsidRPr="00CB7221" w:rsidRDefault="00E27103" w:rsidP="00F86185">
       <w:pPr>
         <w:rPr>
           <w:rStyle w:val="Siln"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
-          <w:sz w:val="19"/>
-          <w:szCs w:val="19"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6CDCF99E" w14:textId="7AB40A07" w:rsidR="00E27103" w:rsidRPr="00A03B1C" w:rsidRDefault="00291DED" w:rsidP="00F86185">
       <w:pPr>
         <w:pStyle w:val="Odstavecseseznamem"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="284" w:hanging="284"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A03B1C">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
@@ -6116,73 +5405,74 @@
       <w:r w:rsidR="00E27103" w:rsidRPr="00A03B1C">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00E27103" w:rsidRPr="00A03B1C">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t>destination</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w14:paraId="6AF16794" w14:textId="612584CE" w:rsidR="0020644E" w:rsidRPr="00A03B1C" w:rsidRDefault="00000000" w:rsidP="00F86185">
+    <w:p w14:paraId="6AF16794" w14:textId="612584CE" w:rsidR="0020644E" w:rsidRPr="00A03B1C" w:rsidRDefault="00115276" w:rsidP="00F86185">
       <w:pPr>
         <w:ind w:left="284" w:hanging="284"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:sz w:val="19"/>
             <w:szCs w:val="19"/>
           </w:rPr>
           <w:id w:val="-2034019540"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="0020644E" w:rsidRPr="00A03B1C">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
               <w:sz w:val="19"/>
               <w:szCs w:val="19"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="0020644E" w:rsidRPr="00A03B1C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="0020644E" w:rsidRPr="00A03B1C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
@@ -6190,50 +5480,51 @@
         <w:t>Yes</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="0020644E" w:rsidRPr="00A03B1C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:sz w:val="19"/>
             <w:szCs w:val="19"/>
           </w:rPr>
           <w:id w:val="521207626"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="0020644E" w:rsidRPr="00A03B1C">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
               <w:sz w:val="19"/>
               <w:szCs w:val="19"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="0020644E" w:rsidRPr="00A03B1C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t xml:space="preserve"> No </w:t>
       </w:r>
       <w:r w:rsidR="0020644E" w:rsidRPr="00A03B1C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
@@ -6545,61 +5836,61 @@
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t>or</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00DB3B8E" w:rsidRPr="00A03B1C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>https://www.ockovacicentrum.cz/cz/seznam-statu-a-z</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A1F85B6" w14:textId="77777777" w:rsidR="0020644E" w:rsidRPr="00A03B1C" w:rsidRDefault="0020644E" w:rsidP="009E5589">
+    <w:p w14:paraId="4A1F85B6" w14:textId="77777777" w:rsidR="0020644E" w:rsidRPr="00CB7221" w:rsidRDefault="0020644E" w:rsidP="009E5589">
       <w:pPr>
         <w:ind w:hanging="284"/>
         <w:rPr>
           <w:rStyle w:val="Siln"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
-          <w:sz w:val="19"/>
-          <w:szCs w:val="19"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="07C66BAB" w14:textId="0CFFE1BA" w:rsidR="00E27103" w:rsidRPr="00A03B1C" w:rsidRDefault="00291DED" w:rsidP="009E5589">
       <w:pPr>
         <w:pStyle w:val="Odstavecseseznamem"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="284" w:hanging="284"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A03B1C">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
@@ -6936,74 +6227,75 @@
       <w:r w:rsidR="00992DD5" w:rsidRPr="00A03B1C">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00992DD5" w:rsidRPr="00A03B1C">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t>destination</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w14:paraId="480D6F11" w14:textId="1BFB5A2B" w:rsidR="0020644E" w:rsidRPr="00A03B1C" w:rsidRDefault="00000000" w:rsidP="009E5589">
+    <w:p w14:paraId="480D6F11" w14:textId="1BFB5A2B" w:rsidR="0020644E" w:rsidRPr="00A03B1C" w:rsidRDefault="00115276" w:rsidP="009E5589">
       <w:pPr>
         <w:ind w:left="284" w:hanging="284"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:sz w:val="19"/>
             <w:szCs w:val="19"/>
           </w:rPr>
           <w:id w:val="-2063317542"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="0020644E" w:rsidRPr="00A03B1C">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
               <w:sz w:val="19"/>
               <w:szCs w:val="19"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="0020644E" w:rsidRPr="00A03B1C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="0020644E" w:rsidRPr="00A03B1C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
@@ -7011,97 +6303,98 @@
         <w:t>Yes</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="0020644E" w:rsidRPr="00A03B1C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:sz w:val="19"/>
             <w:szCs w:val="19"/>
           </w:rPr>
           <w:id w:val="323403402"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="0020644E" w:rsidRPr="00A03B1C">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
               <w:sz w:val="19"/>
               <w:szCs w:val="19"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="0020644E" w:rsidRPr="00A03B1C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t xml:space="preserve"> No </w:t>
       </w:r>
       <w:r w:rsidR="0020644E" w:rsidRPr="00A03B1C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="0020644E" w:rsidRPr="00A03B1C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="466AB0D9" w14:textId="77777777" w:rsidR="0020644E" w:rsidRPr="00A03B1C" w:rsidRDefault="0020644E" w:rsidP="009E5589">
+    <w:p w14:paraId="466AB0D9" w14:textId="77777777" w:rsidR="0020644E" w:rsidRPr="00CB7221" w:rsidRDefault="0020644E" w:rsidP="009E5589">
       <w:pPr>
         <w:ind w:hanging="284"/>
         <w:rPr>
           <w:rStyle w:val="Siln"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
-          <w:sz w:val="19"/>
-          <w:szCs w:val="19"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="009F0825" w14:textId="1C161D17" w:rsidR="00291DED" w:rsidRPr="00A03B1C" w:rsidRDefault="0020644E" w:rsidP="009E5589">
       <w:pPr>
         <w:pStyle w:val="Odstavecseseznamem"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="284" w:hanging="284"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A03B1C">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
@@ -7517,73 +6810,74 @@
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00291DED" w:rsidRPr="00A03B1C">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t>antimalarials</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00291DED" w:rsidRPr="00A03B1C">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="76ABD5D2" w14:textId="7D9A4D52" w:rsidR="00F66511" w:rsidRPr="00A03B1C" w:rsidRDefault="00000000" w:rsidP="009E5589">
+    <w:p w14:paraId="76ABD5D2" w14:textId="7D9A4D52" w:rsidR="00F66511" w:rsidRPr="00A03B1C" w:rsidRDefault="00115276" w:rsidP="009E5589">
       <w:pPr>
         <w:ind w:left="705" w:hanging="705"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:sz w:val="19"/>
             <w:szCs w:val="19"/>
           </w:rPr>
           <w:id w:val="1525219940"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="009E5768" w:rsidRPr="00A03B1C">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
               <w:sz w:val="19"/>
               <w:szCs w:val="19"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="0020644E" w:rsidRPr="00A03B1C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="0020644E" w:rsidRPr="00A03B1C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
@@ -7697,50 +6991,51 @@
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="0020644E" w:rsidRPr="00A03B1C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:sz w:val="19"/>
             <w:szCs w:val="19"/>
           </w:rPr>
           <w:id w:val="518820070"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="0020644E" w:rsidRPr="00A03B1C">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
               <w:sz w:val="19"/>
               <w:szCs w:val="19"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="0020644E" w:rsidRPr="00A03B1C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="0020644E" w:rsidRPr="00A03B1C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
@@ -7836,97 +7131,98 @@
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="0020644E" w:rsidRPr="00A03B1C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:sz w:val="19"/>
             <w:szCs w:val="19"/>
           </w:rPr>
           <w:id w:val="-35890879"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="0020644E" w:rsidRPr="00A03B1C">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
               <w:sz w:val="19"/>
               <w:szCs w:val="19"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="0020644E" w:rsidRPr="00A03B1C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t xml:space="preserve"> No </w:t>
       </w:r>
       <w:r w:rsidR="0020644E" w:rsidRPr="00A03B1C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="1DF8DE1A" w14:textId="0A158569" w:rsidR="0020644E" w:rsidRPr="00A03B1C" w:rsidRDefault="0020644E" w:rsidP="009E5589">
       <w:pPr>
         <w:ind w:left="705" w:hanging="705"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A03B1C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="381FEFB0" w14:textId="77777777" w:rsidR="00F741EA" w:rsidRPr="00A03B1C" w:rsidRDefault="4F3D1B7E" w:rsidP="009E5589">
+    <w:p w14:paraId="381FEFB0" w14:textId="494ADC20" w:rsidR="00F741EA" w:rsidRPr="00A03B1C" w:rsidRDefault="4F3D1B7E" w:rsidP="009E5589">
       <w:pPr>
         <w:pStyle w:val="Odstavecseseznamem"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="284" w:hanging="284"/>
         <w:rPr>
           <w:rStyle w:val="Hypertextovodkaz"/>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A03B1C">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
@@ -8066,80 +7362,124 @@
         <w:t>application</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00A03B1C">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00F741EA" w:rsidRPr="00A03B1C">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t>„</w:t>
       </w:r>
+      <w:r w:rsidR="0090704B" w:rsidRPr="00DD22BB">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t>ERGO</w:t>
+      </w:r>
+      <w:r w:rsidR="0090704B">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0090704B">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t>travel</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0090704B">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0090704B" w:rsidRPr="00A03B1C">
+        <w:rPr>
+          <w:rStyle w:val="cf01"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t>&amp;</w:t>
+      </w:r>
+      <w:r w:rsidR="0090704B">
+        <w:rPr>
+          <w:rStyle w:val="cf01"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> care“</w:t>
+      </w:r>
       <w:r w:rsidR="00F741EA" w:rsidRPr="00A03B1C">
         <w:rPr>
-          <w:rStyle w:val="cf01"/>
-[...26 lines deleted...]
-        <w:t xml:space="preserve">“ </w:t>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00A03B1C">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t xml:space="preserve">and I </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A03B1C">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t>actively</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
@@ -8290,73 +7630,74 @@
       <w:r w:rsidR="18E61E61" w:rsidRPr="00A03B1C">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId14" w:history="1">
         <w:r w:rsidRPr="00A03B1C">
           <w:rPr>
             <w:rStyle w:val="Hypertextovodkaz"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:b/>
             <w:bCs/>
             <w:sz w:val="19"/>
             <w:szCs w:val="19"/>
           </w:rPr>
           <w:t>https://www.ervpojistovna.cz/cs/mobilni-aplikace</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="5E320C0C" w14:textId="49F11BFB" w:rsidR="002946B9" w:rsidRPr="00A03B1C" w:rsidRDefault="00000000" w:rsidP="009E5589">
+    <w:p w14:paraId="5E320C0C" w14:textId="49F11BFB" w:rsidR="002946B9" w:rsidRDefault="00115276" w:rsidP="009E5589">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:sz w:val="19"/>
             <w:szCs w:val="19"/>
           </w:rPr>
           <w:id w:val="810598841"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="001246D8" w:rsidRPr="00A03B1C">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
               <w:sz w:val="19"/>
               <w:szCs w:val="19"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="001246D8" w:rsidRPr="00A03B1C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="001246D8" w:rsidRPr="00A03B1C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="19"/>
@@ -8367,72 +7708,83 @@
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="001246D8" w:rsidRPr="00A03B1C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:sz w:val="19"/>
             <w:szCs w:val="19"/>
           </w:rPr>
           <w:id w:val="1170057798"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="001246D8" w:rsidRPr="00A03B1C">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
               <w:color w:val="000000" w:themeColor="text1"/>
               <w:sz w:val="19"/>
               <w:szCs w:val="19"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="001246D8" w:rsidRPr="00A03B1C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t xml:space="preserve"> No </w:t>
       </w:r>
     </w:p>
+    <w:p w14:paraId="62BFB67E" w14:textId="77777777" w:rsidR="00A95D93" w:rsidRPr="00CB7221" w:rsidRDefault="00A95D93" w:rsidP="009E5589">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
     <w:p w14:paraId="4714A5E6" w14:textId="662FFF21" w:rsidR="00992DD5" w:rsidRPr="00A03B1C" w:rsidRDefault="00992DD5" w:rsidP="009E5589">
       <w:pPr>
         <w:pStyle w:val="Odstavecseseznamem"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="284" w:hanging="284"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A03B1C">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
@@ -9361,74 +8713,75 @@
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A03B1C">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t>cancellation</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00A03B1C">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="24A0AC29" w14:textId="38850E61" w:rsidR="00992DD5" w:rsidRPr="00A03B1C" w:rsidRDefault="00000000" w:rsidP="009E5589">
+    <w:p w14:paraId="24A0AC29" w14:textId="38850E61" w:rsidR="00992DD5" w:rsidRDefault="00115276" w:rsidP="009E5589">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:sz w:val="19"/>
             <w:szCs w:val="19"/>
           </w:rPr>
           <w:id w:val="-1045362205"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00F86185" w:rsidRPr="00A03B1C">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
               <w:color w:val="000000" w:themeColor="text1"/>
               <w:sz w:val="19"/>
               <w:szCs w:val="19"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00992DD5" w:rsidRPr="00A03B1C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00992DD5" w:rsidRPr="00A03B1C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
@@ -9441,70 +8794,1022 @@
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00992DD5" w:rsidRPr="00A03B1C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:sz w:val="19"/>
             <w:szCs w:val="19"/>
           </w:rPr>
           <w:id w:val="-1526398162"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00992DD5" w:rsidRPr="00A03B1C">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
               <w:color w:val="000000" w:themeColor="text1"/>
               <w:sz w:val="19"/>
               <w:szCs w:val="19"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00992DD5" w:rsidRPr="00A03B1C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t xml:space="preserve"> No </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D571138" w14:textId="77777777" w:rsidR="005427D7" w:rsidRPr="00CB7221" w:rsidRDefault="005427D7" w:rsidP="009E5589">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6D36C104" w14:textId="3BCC72AD" w:rsidR="00EE5D1F" w:rsidRPr="00DD22BB" w:rsidRDefault="005427D7" w:rsidP="00EE5D1F">
+      <w:pPr>
+        <w:pStyle w:val="Odstavecseseznamem"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:ind w:left="426" w:hanging="426"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD22BB">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve">I </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DD22BB">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t>checked</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DD22BB">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DD22BB">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DD22BB">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00EE5D1F" w:rsidRPr="00DD22BB">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve">CZU </w:t>
+      </w:r>
+      <w:r w:rsidR="00E675D5" w:rsidRPr="00DD22BB">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t>„</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00EE5D1F" w:rsidRPr="00DD22BB">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t>Guide</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00EE5D1F" w:rsidRPr="00DD22BB">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00EE5D1F" w:rsidRPr="00DD22BB">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t>for</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00EE5D1F" w:rsidRPr="00DD22BB">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00EE5D1F" w:rsidRPr="00DD22BB">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t>Safe</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00EE5D1F" w:rsidRPr="00DD22BB">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> International </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00EE5D1F" w:rsidRPr="00DD22BB">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t>Cooperation</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00EE5D1F" w:rsidRPr="00DD22BB">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and Business </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00EE5D1F" w:rsidRPr="00DD22BB">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t>Trips</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00EE5D1F" w:rsidRPr="00DD22BB">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00EE5D1F" w:rsidRPr="00DD22BB">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00EE5D1F" w:rsidRPr="00DD22BB">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> CZU </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00EE5D1F" w:rsidRPr="00DD22BB">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t>Employees</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00E675D5" w:rsidRPr="00DD22BB">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE5D1F" w:rsidRPr="00DD22BB">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00013EC6" w:rsidRPr="00DD22BB">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00013EC6" w:rsidRPr="00DD22BB">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="54DB717B" w14:textId="77777777" w:rsidR="001F1C68" w:rsidRPr="00DD22BB" w:rsidRDefault="00013EC6" w:rsidP="00EE5D1F">
+      <w:pPr>
+        <w:pStyle w:val="Odstavecseseznamem"/>
+        <w:ind w:left="426"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD22BB">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t>„</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE5D1F" w:rsidRPr="00DD22BB">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve">List </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00EE5D1F" w:rsidRPr="00DD22BB">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00EE5D1F" w:rsidRPr="00DD22BB">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00EE5D1F" w:rsidRPr="00DD22BB">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t>Countries</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00EE5D1F" w:rsidRPr="00DD22BB">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00EE5D1F" w:rsidRPr="00DD22BB">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t>with</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00EE5D1F" w:rsidRPr="00DD22BB">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00EE5D1F" w:rsidRPr="00DD22BB">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t>High</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00EE5D1F" w:rsidRPr="00DD22BB">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00EE5D1F" w:rsidRPr="00DD22BB">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t>Security</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00EE5D1F" w:rsidRPr="00DD22BB">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Risk </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00EE5D1F" w:rsidRPr="00DD22BB">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t>for</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00EE5D1F" w:rsidRPr="00DD22BB">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00EE5D1F" w:rsidRPr="00DD22BB">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t>Foreign</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00EE5D1F" w:rsidRPr="00DD22BB">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Business </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00EE5D1F" w:rsidRPr="00DD22BB">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t>Trips</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00EE5D1F" w:rsidRPr="00DD22BB">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00EE5D1F" w:rsidRPr="00DD22BB">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00EE5D1F" w:rsidRPr="00DD22BB">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> CZU </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00EE5D1F" w:rsidRPr="00DD22BB">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t>Employees</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DD22BB">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve">“ </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DD22BB">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t>here</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DD22BB">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F8B3826" w14:textId="032FA0F6" w:rsidR="005427D7" w:rsidRPr="00DD22BB" w:rsidRDefault="001F1C68" w:rsidP="00D46FA3">
+      <w:pPr>
+        <w:pStyle w:val="Odstavecseseznamem"/>
+        <w:ind w:left="426"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId15" w:history="1">
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="00DD22BB">
+          <w:rPr>
+            <w:rStyle w:val="Hypertextovodkaz"/>
+            <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:b/>
+            <w:bCs/>
+            <w:sz w:val="19"/>
+            <w:szCs w:val="19"/>
+          </w:rPr>
+          <w:t>Foreign</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidRPr="00DD22BB">
+          <w:rPr>
+            <w:rStyle w:val="Hypertextovodkaz"/>
+            <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:b/>
+            <w:bCs/>
+            <w:sz w:val="19"/>
+            <w:szCs w:val="19"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> business </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="00DD22BB">
+          <w:rPr>
+            <w:rStyle w:val="Hypertextovodkaz"/>
+            <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:b/>
+            <w:bCs/>
+            <w:sz w:val="19"/>
+            <w:szCs w:val="19"/>
+          </w:rPr>
+          <w:t>trips</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+      </w:hyperlink>
+      <w:r w:rsidR="00013EC6" w:rsidRPr="00DD22BB">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E675D5" w:rsidRPr="00DD22BB">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and I </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00E675D5" w:rsidRPr="00DD22BB">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t>declare</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00E675D5" w:rsidRPr="00DD22BB">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00E675D5" w:rsidRPr="00DD22BB">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t>that</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00E675D5" w:rsidRPr="00DD22BB">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> I </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00E675D5" w:rsidRPr="00DD22BB">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t>will</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00E675D5" w:rsidRPr="00DD22BB">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00E675D5" w:rsidRPr="00DD22BB">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t>act</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00E675D5" w:rsidRPr="00DD22BB">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00E675D5" w:rsidRPr="00DD22BB">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t>accordance</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00E675D5" w:rsidRPr="00DD22BB">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00E675D5" w:rsidRPr="00DD22BB">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t>with</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00E675D5" w:rsidRPr="00DD22BB">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> these </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00E675D5" w:rsidRPr="00DD22BB">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t>documents</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00D46FA3" w:rsidRPr="00DD22BB">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E48B444" w14:textId="0FBB00CD" w:rsidR="005427D7" w:rsidRPr="00A03B1C" w:rsidRDefault="00115276" w:rsidP="005427D7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:sz w:val="19"/>
+            <w:szCs w:val="19"/>
+          </w:rPr>
+          <w:id w:val="-1531648638"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00E23632" w:rsidRPr="00DD22BB">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+              <w:sz w:val="19"/>
+              <w:szCs w:val="19"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="005427D7" w:rsidRPr="00DD22BB">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005427D7" w:rsidRPr="00DD22BB">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t>Yes</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005427D7" w:rsidRPr="00DD22BB">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:sz w:val="19"/>
+            <w:szCs w:val="19"/>
+          </w:rPr>
+          <w:id w:val="341518092"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="005427D7" w:rsidRPr="00DD22BB">
+            <w:rPr>
+              <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+              <w:sz w:val="19"/>
+              <w:szCs w:val="19"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="005427D7" w:rsidRPr="00DD22BB">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> No</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4B03B872" w14:textId="77777777" w:rsidR="00D7744A" w:rsidRPr="00A03B1C" w:rsidRDefault="00D7744A" w:rsidP="009E5589">
       <w:pPr>
         <w:ind w:firstLine="708"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Mkatabulky"/>
         <w:tblW w:w="9072" w:type="dxa"/>
         <w:tblInd w:w="-5" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2835"/>
         <w:gridCol w:w="6237"/>
       </w:tblGrid>
@@ -10449,59 +10754,59 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6235" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7F58C57D" w14:textId="77777777" w:rsidR="0005756A" w:rsidRPr="00A03B1C" w:rsidRDefault="0005756A" w:rsidP="009E5589">
             <w:pPr>
               <w:pStyle w:val="Odstavecseseznamem"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rStyle w:val="Siln"/>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="2B1E258B" w14:textId="77777777" w:rsidR="0005756A" w:rsidRPr="00A03B1C" w:rsidRDefault="0005756A" w:rsidP="009E5589">
+    <w:p w14:paraId="2B1E258B" w14:textId="77777777" w:rsidR="0005756A" w:rsidRPr="00CB7221" w:rsidRDefault="0005756A" w:rsidP="009E5589">
       <w:pPr>
         <w:rPr>
           <w:rStyle w:val="Siln"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
-          <w:sz w:val="19"/>
-          <w:szCs w:val="19"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="24A7CD8F" w14:textId="2E609AA3" w:rsidR="00291DED" w:rsidRPr="00A03B1C" w:rsidRDefault="11E19C6F" w:rsidP="009E5589">
       <w:pPr>
         <w:pStyle w:val="Odstavecseseznamem"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="284" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="Siln"/>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:bCs w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A03B1C">
@@ -11204,59 +11509,59 @@
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6232" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="56C0B50E" w14:textId="685E90CA" w:rsidR="00FA0C0B" w:rsidRPr="00A03B1C" w:rsidRDefault="00FA0C0B" w:rsidP="009E5589">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="Siln"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="74C0F830" w14:textId="77777777" w:rsidR="00884F61" w:rsidRPr="00A03B1C" w:rsidRDefault="00884F61" w:rsidP="009E5589">
+    <w:p w14:paraId="74C0F830" w14:textId="77777777" w:rsidR="00884F61" w:rsidRPr="00CB7221" w:rsidRDefault="00884F61" w:rsidP="009E5589">
       <w:pPr>
         <w:ind w:left="708"/>
         <w:rPr>
           <w:rStyle w:val="Siln"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
-          <w:sz w:val="19"/>
-          <w:szCs w:val="19"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="41F01953" w14:textId="3C84F12D" w:rsidR="000833D2" w:rsidRPr="00A03B1C" w:rsidRDefault="4EB8E95C" w:rsidP="009E5589">
       <w:pPr>
         <w:pStyle w:val="Odstavecseseznamem"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="284" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="Hypertextovodkaz"/>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A03B1C">
@@ -11928,74 +12233,75 @@
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00B97E32">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t>proceed</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00A03B1C">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="33084C1C" w14:textId="77777777" w:rsidR="000833D2" w:rsidRPr="00A03B1C" w:rsidRDefault="00000000" w:rsidP="009E5589">
+    <w:p w14:paraId="33084C1C" w14:textId="77777777" w:rsidR="000833D2" w:rsidRPr="00A03B1C" w:rsidRDefault="00115276" w:rsidP="009E5589">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:sz w:val="19"/>
             <w:szCs w:val="19"/>
           </w:rPr>
           <w:id w:val="-1470590341"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="000833D2" w:rsidRPr="00A03B1C">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
               <w:sz w:val="19"/>
               <w:szCs w:val="19"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="000833D2" w:rsidRPr="00A03B1C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="000833D2" w:rsidRPr="00A03B1C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="19"/>
@@ -12009,50 +12315,51 @@
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:sz w:val="19"/>
             <w:szCs w:val="19"/>
             <w:lang w:eastAsia="en-US"/>
           </w:rPr>
           <w:id w:val="-756514385"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="000833D2" w:rsidRPr="00A03B1C">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
               <w:color w:val="000000" w:themeColor="text1"/>
               <w:sz w:val="19"/>
               <w:szCs w:val="19"/>
               <w:lang w:eastAsia="en-US"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="000833D2" w:rsidRPr="00A03B1C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> No </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="010265F9" w14:textId="77777777" w:rsidR="000B341C" w:rsidRDefault="000B341C" w:rsidP="009E5589">
@@ -12264,51 +12571,51 @@
         <w:t xml:space="preserve"> the </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A03B1C">
         <w:rPr>
           <w:rStyle w:val="Siln"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t>journey</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00F86185" w:rsidRPr="00A03B1C">
         <w:rPr>
           <w:rStyle w:val="Siln"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1775A6B9" w14:textId="782DE3D6" w:rsidR="00F86185" w:rsidRPr="00A03B1C" w:rsidRDefault="00291DED" w:rsidP="009E5589">
+    <w:p w14:paraId="1775A6B9" w14:textId="5C4544EB" w:rsidR="00F86185" w:rsidRPr="00A03B1C" w:rsidRDefault="00291DED" w:rsidP="009E5589">
       <w:pPr>
         <w:rPr>
           <w:rStyle w:val="Siln"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A03B1C">
         <w:rPr>
           <w:rStyle w:val="Siln"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t>Date</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00A03B1C">
         <w:rPr>
@@ -12322,51 +12629,51 @@
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidRPr="00A03B1C">
         <w:rPr>
           <w:rStyle w:val="Siln"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00F86185" w:rsidRPr="00A03B1C">
         <w:rPr>
           <w:rStyle w:val="Siln"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5D8C38C5" w14:textId="2D5BA687" w:rsidR="00291DED" w:rsidRPr="00A03B1C" w:rsidRDefault="00291DED" w:rsidP="009E5589">
+    <w:p w14:paraId="5D8C38C5" w14:textId="73B5C17A" w:rsidR="00291DED" w:rsidRPr="00A03B1C" w:rsidRDefault="00291DED" w:rsidP="009E5589">
       <w:pPr>
         <w:rPr>
           <w:rStyle w:val="Siln"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A03B1C">
         <w:rPr>
           <w:rStyle w:val="Siln"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t>Signature</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00A03B1C">
@@ -12390,194 +12697,194 @@
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00A03B1C">
         <w:rPr>
           <w:rStyle w:val="Siln"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00A03B1C">
         <w:rPr>
           <w:rStyle w:val="Siln"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00291DED" w:rsidRPr="00A03B1C" w:rsidSect="00F82C07">
-      <w:headerReference w:type="default" r:id="rId15"/>
-[...2 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId18"/>
+      <w:headerReference w:type="default" r:id="rId16"/>
+      <w:footerReference w:type="default" r:id="rId17"/>
+      <w:headerReference w:type="first" r:id="rId18"/>
+      <w:footerReference w:type="first" r:id="rId19"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1417" w:right="1417" w:bottom="1701" w:left="1417" w:header="1814" w:footer="1474" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="547E91D7" w14:textId="77777777" w:rsidR="00690355" w:rsidRDefault="00690355" w:rsidP="00091D49">
+    <w:p w14:paraId="36220B11" w14:textId="77777777" w:rsidR="00115276" w:rsidRDefault="00115276" w:rsidP="00091D49">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="232F93D4" w14:textId="77777777" w:rsidR="00690355" w:rsidRDefault="00690355" w:rsidP="00091D49">
+    <w:p w14:paraId="11D0EE8D" w14:textId="77777777" w:rsidR="00115276" w:rsidRDefault="00115276" w:rsidP="00091D49">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="0417D27F" w14:textId="77777777" w:rsidR="00690355" w:rsidRDefault="00690355"/>
+    <w:p w14:paraId="48FE39F8" w14:textId="77777777" w:rsidR="00115276" w:rsidRDefault="00115276"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="EE"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="EE"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Roboto">
-    <w:altName w:val="Roboto"/>
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="EE"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="5000205B" w:usb2="00000020" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Roboto Black">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="EE"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="5000205B" w:usb2="00000020" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Roboto Medium">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="EE"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="5000205B" w:usb2="00000020" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MinionPro-Regular">
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="60000287" w:usb1="00000001" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
-    <w:charset w:val="EE"/>
+    <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI Symbol">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="903649635"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
+    <w:sdtEndPr/>
     <w:sdtContent>
       <w:p w14:paraId="6CB2B4A6" w14:textId="6B77C7ED" w:rsidR="00825AE6" w:rsidRDefault="00825AE6">
         <w:pPr>
           <w:pStyle w:val="Zpat"/>
           <w:jc w:val="right"/>
         </w:pPr>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00F373E2">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
@@ -12606,83 +12913,84 @@
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="00F373E2">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="7D48CB78" w14:textId="77777777" w:rsidR="00825AE6" w:rsidRDefault="00825AE6">
     <w:pPr>
       <w:pStyle w:val="Zpat"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0F5CD5BF" w14:textId="77777777" w:rsidR="00690355" w:rsidRDefault="00690355" w:rsidP="00091D49">
+    <w:p w14:paraId="3D289A0B" w14:textId="77777777" w:rsidR="00115276" w:rsidRDefault="00115276" w:rsidP="00091D49">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1FBD543E" w14:textId="77777777" w:rsidR="00690355" w:rsidRDefault="00690355" w:rsidP="00091D49">
+    <w:p w14:paraId="7B53CB1C" w14:textId="77777777" w:rsidR="00115276" w:rsidRDefault="00115276" w:rsidP="00091D49">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="18A1DB0C" w14:textId="77777777" w:rsidR="00690355" w:rsidRDefault="00690355"/>
+    <w:p w14:paraId="220B7D3F" w14:textId="77777777" w:rsidR="00115276" w:rsidRDefault="00115276"/>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="702A905F" w14:textId="6B8D5E70" w:rsidR="00825AE6" w:rsidRPr="00091D49" w:rsidRDefault="00000000" w:rsidP="00091D49">
+  <w:p w14:paraId="702A905F" w14:textId="6B8D5E70" w:rsidR="00825AE6" w:rsidRPr="00091D49" w:rsidRDefault="00115276" w:rsidP="00091D49">
     <w:pPr>
       <w:pStyle w:val="Zhlav"/>
     </w:pPr>
     <w:sdt>
       <w:sdtPr>
         <w:id w:val="1789936365"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Page Numbers (Margins)"/>
           <w:docPartUnique/>
         </w:docPartObj>
       </w:sdtPr>
+      <w:sdtEndPr/>
       <w:sdtContent/>
     </w:sdt>
     <w:r w:rsidR="00825AE6">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="1" locked="1" layoutInCell="1" allowOverlap="1" wp14:anchorId="3006CCBC" wp14:editId="0FE9273C">
           <wp:simplePos x="895350" y="447675"/>
           <wp:positionH relativeFrom="page">
             <wp:align>left</wp:align>
           </wp:positionH>
           <wp:positionV relativeFrom="page">
             <wp:align>top</wp:align>
           </wp:positionV>
           <wp:extent cx="7558405" cy="10691495"/>
           <wp:effectExtent l="0" t="0" r="4445" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="38" name="Obrázek 38"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
@@ -13633,333 +13941,360 @@
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:docVars>
     <w:docVar w:name="__Grammarly_42____i" w:val="H4sIAAAAAAAEAKtWckksSQxILCpxzi/NK1GyMqwFAAEhoTITAAAA"/>
     <w:docVar w:name="__Grammarly_42___1" w:val="H4sIAAAAAAAEAKtWcslP9kxRslIyNDYyMzEzNDExNzM1NbMwN7dU0lEKTi0uzszPAykwNKoFAObXTActAAAA"/>
   </w:docVars>
   <w:rsids>
     <w:rsidRoot w:val="00A200AD"/>
     <w:rsid w:val="00000A27"/>
+    <w:rsid w:val="00013EC6"/>
     <w:rsid w:val="00035B8F"/>
     <w:rsid w:val="000422F1"/>
     <w:rsid w:val="0005756A"/>
     <w:rsid w:val="00071E4A"/>
     <w:rsid w:val="00080B21"/>
     <w:rsid w:val="000833D2"/>
     <w:rsid w:val="00087E59"/>
     <w:rsid w:val="00091D49"/>
     <w:rsid w:val="000A5650"/>
     <w:rsid w:val="000A71C4"/>
     <w:rsid w:val="000B1A57"/>
     <w:rsid w:val="000B25D2"/>
     <w:rsid w:val="000B341C"/>
     <w:rsid w:val="000E0C3B"/>
     <w:rsid w:val="000E1BDF"/>
     <w:rsid w:val="000E21BB"/>
     <w:rsid w:val="000E4810"/>
     <w:rsid w:val="000E6CFC"/>
     <w:rsid w:val="000E77E8"/>
     <w:rsid w:val="000F09FF"/>
     <w:rsid w:val="000F2954"/>
     <w:rsid w:val="00102EE1"/>
     <w:rsid w:val="00112220"/>
+    <w:rsid w:val="00115276"/>
     <w:rsid w:val="001246D8"/>
     <w:rsid w:val="00144C90"/>
     <w:rsid w:val="00146C60"/>
     <w:rsid w:val="00153D59"/>
     <w:rsid w:val="00156F7E"/>
     <w:rsid w:val="00161B36"/>
     <w:rsid w:val="001909CC"/>
     <w:rsid w:val="001A0294"/>
     <w:rsid w:val="001A0585"/>
     <w:rsid w:val="001C32B8"/>
     <w:rsid w:val="001C460A"/>
     <w:rsid w:val="001D1A10"/>
     <w:rsid w:val="001D64B0"/>
     <w:rsid w:val="001D6585"/>
+    <w:rsid w:val="001F1C68"/>
     <w:rsid w:val="0020644E"/>
     <w:rsid w:val="00211A62"/>
     <w:rsid w:val="00217A43"/>
     <w:rsid w:val="0022316B"/>
     <w:rsid w:val="00233BF7"/>
     <w:rsid w:val="00235703"/>
     <w:rsid w:val="00235A3C"/>
     <w:rsid w:val="00266416"/>
     <w:rsid w:val="00291DED"/>
     <w:rsid w:val="002946B9"/>
     <w:rsid w:val="002A03C2"/>
     <w:rsid w:val="002A2888"/>
     <w:rsid w:val="002A44C1"/>
     <w:rsid w:val="002B1C1A"/>
     <w:rsid w:val="002B4A0D"/>
     <w:rsid w:val="002C6B67"/>
     <w:rsid w:val="002D18D7"/>
     <w:rsid w:val="002D521E"/>
     <w:rsid w:val="002F478C"/>
     <w:rsid w:val="00311A2D"/>
     <w:rsid w:val="00312C03"/>
     <w:rsid w:val="00323184"/>
     <w:rsid w:val="00323AC5"/>
     <w:rsid w:val="00332B31"/>
+    <w:rsid w:val="003648E2"/>
     <w:rsid w:val="00366AF2"/>
     <w:rsid w:val="003671FE"/>
     <w:rsid w:val="00381565"/>
     <w:rsid w:val="003A62D5"/>
     <w:rsid w:val="003B2C3F"/>
     <w:rsid w:val="003D0783"/>
     <w:rsid w:val="003D2ADC"/>
     <w:rsid w:val="003D529E"/>
     <w:rsid w:val="003D7D79"/>
     <w:rsid w:val="003E690C"/>
     <w:rsid w:val="003F2FA2"/>
     <w:rsid w:val="004014D4"/>
     <w:rsid w:val="00405C90"/>
+    <w:rsid w:val="004142D7"/>
     <w:rsid w:val="00417DE6"/>
     <w:rsid w:val="004262E2"/>
     <w:rsid w:val="00426719"/>
     <w:rsid w:val="00431775"/>
     <w:rsid w:val="00435128"/>
     <w:rsid w:val="00460A21"/>
     <w:rsid w:val="004647B2"/>
     <w:rsid w:val="00465D30"/>
     <w:rsid w:val="004815F3"/>
     <w:rsid w:val="00482123"/>
     <w:rsid w:val="00483F2D"/>
     <w:rsid w:val="0049646C"/>
     <w:rsid w:val="004A11CA"/>
     <w:rsid w:val="004B1AB4"/>
     <w:rsid w:val="004C5FBE"/>
+    <w:rsid w:val="004D5976"/>
     <w:rsid w:val="004D6A6E"/>
     <w:rsid w:val="00504549"/>
     <w:rsid w:val="005060B8"/>
     <w:rsid w:val="00510935"/>
     <w:rsid w:val="00521642"/>
     <w:rsid w:val="005245FB"/>
     <w:rsid w:val="00524F8B"/>
     <w:rsid w:val="00527DAD"/>
     <w:rsid w:val="00533B50"/>
     <w:rsid w:val="00540886"/>
     <w:rsid w:val="00541CFE"/>
+    <w:rsid w:val="005427D7"/>
     <w:rsid w:val="005448E6"/>
     <w:rsid w:val="00544C2E"/>
     <w:rsid w:val="00552CA1"/>
     <w:rsid w:val="0056507A"/>
     <w:rsid w:val="005702B1"/>
     <w:rsid w:val="005702F6"/>
     <w:rsid w:val="00573309"/>
     <w:rsid w:val="005855CD"/>
     <w:rsid w:val="00593EB0"/>
     <w:rsid w:val="00595F70"/>
     <w:rsid w:val="005A36D9"/>
     <w:rsid w:val="005B0A71"/>
     <w:rsid w:val="005B0D8A"/>
     <w:rsid w:val="005B5729"/>
     <w:rsid w:val="005D6E4A"/>
     <w:rsid w:val="005D712A"/>
     <w:rsid w:val="005F0305"/>
     <w:rsid w:val="006042BC"/>
     <w:rsid w:val="00611801"/>
     <w:rsid w:val="00620325"/>
     <w:rsid w:val="00627393"/>
     <w:rsid w:val="00637A19"/>
     <w:rsid w:val="00640E22"/>
     <w:rsid w:val="00644654"/>
     <w:rsid w:val="00647BA4"/>
     <w:rsid w:val="006808EB"/>
     <w:rsid w:val="00690355"/>
     <w:rsid w:val="006977C1"/>
+    <w:rsid w:val="006A362F"/>
     <w:rsid w:val="006A78BE"/>
     <w:rsid w:val="006E1C78"/>
     <w:rsid w:val="007005C0"/>
     <w:rsid w:val="0070458C"/>
     <w:rsid w:val="00737E18"/>
     <w:rsid w:val="00771ECB"/>
     <w:rsid w:val="007818AD"/>
     <w:rsid w:val="0078352F"/>
     <w:rsid w:val="00784162"/>
     <w:rsid w:val="007A1C1D"/>
     <w:rsid w:val="007B0C58"/>
     <w:rsid w:val="007C564B"/>
     <w:rsid w:val="007D1642"/>
     <w:rsid w:val="007D6EE6"/>
     <w:rsid w:val="007E1FA9"/>
     <w:rsid w:val="0082097F"/>
     <w:rsid w:val="00822290"/>
     <w:rsid w:val="00825AE6"/>
     <w:rsid w:val="008603DD"/>
     <w:rsid w:val="00861803"/>
     <w:rsid w:val="008646F8"/>
+    <w:rsid w:val="008778C8"/>
     <w:rsid w:val="00884F61"/>
     <w:rsid w:val="00892067"/>
     <w:rsid w:val="008A45E7"/>
     <w:rsid w:val="008A67F9"/>
     <w:rsid w:val="008A6BB5"/>
     <w:rsid w:val="008C2B3E"/>
     <w:rsid w:val="008D4A8D"/>
     <w:rsid w:val="008E5157"/>
     <w:rsid w:val="008E67FF"/>
     <w:rsid w:val="008E7F3B"/>
     <w:rsid w:val="008F3C98"/>
+    <w:rsid w:val="0090704B"/>
     <w:rsid w:val="0091143C"/>
     <w:rsid w:val="00915127"/>
     <w:rsid w:val="00927BD1"/>
     <w:rsid w:val="009325E1"/>
     <w:rsid w:val="0093491B"/>
     <w:rsid w:val="0094426A"/>
     <w:rsid w:val="00961E77"/>
     <w:rsid w:val="009625E1"/>
     <w:rsid w:val="009765B4"/>
     <w:rsid w:val="009847DB"/>
     <w:rsid w:val="009923BD"/>
     <w:rsid w:val="00992DD5"/>
     <w:rsid w:val="009A1BFF"/>
     <w:rsid w:val="009B61F7"/>
+    <w:rsid w:val="009D0FE9"/>
     <w:rsid w:val="009D2B46"/>
     <w:rsid w:val="009E5589"/>
     <w:rsid w:val="009E5768"/>
+    <w:rsid w:val="009E5F21"/>
+    <w:rsid w:val="009F09FF"/>
     <w:rsid w:val="00A03B1C"/>
     <w:rsid w:val="00A03E6E"/>
+    <w:rsid w:val="00A12E07"/>
     <w:rsid w:val="00A200AD"/>
     <w:rsid w:val="00A20575"/>
     <w:rsid w:val="00A2300A"/>
     <w:rsid w:val="00A257EE"/>
     <w:rsid w:val="00A33844"/>
     <w:rsid w:val="00A40F98"/>
     <w:rsid w:val="00A5015B"/>
     <w:rsid w:val="00A52566"/>
     <w:rsid w:val="00A544C1"/>
+    <w:rsid w:val="00A617EC"/>
     <w:rsid w:val="00A7621C"/>
     <w:rsid w:val="00A82BF1"/>
+    <w:rsid w:val="00A9390A"/>
     <w:rsid w:val="00A95266"/>
+    <w:rsid w:val="00A95D93"/>
     <w:rsid w:val="00AA4A88"/>
     <w:rsid w:val="00AB049D"/>
     <w:rsid w:val="00AB4FF8"/>
     <w:rsid w:val="00AC0389"/>
     <w:rsid w:val="00AE1A9B"/>
     <w:rsid w:val="00AE6DAD"/>
     <w:rsid w:val="00AF7021"/>
     <w:rsid w:val="00B02374"/>
     <w:rsid w:val="00B10322"/>
     <w:rsid w:val="00B1141B"/>
+    <w:rsid w:val="00B15594"/>
     <w:rsid w:val="00B361AB"/>
     <w:rsid w:val="00B503A0"/>
     <w:rsid w:val="00B55B0B"/>
     <w:rsid w:val="00B64E6B"/>
     <w:rsid w:val="00B73C08"/>
     <w:rsid w:val="00B84400"/>
     <w:rsid w:val="00B92E48"/>
     <w:rsid w:val="00B953E2"/>
     <w:rsid w:val="00B97E32"/>
     <w:rsid w:val="00BA186A"/>
     <w:rsid w:val="00BB4D48"/>
     <w:rsid w:val="00BB753B"/>
     <w:rsid w:val="00BC32DD"/>
     <w:rsid w:val="00BF3416"/>
     <w:rsid w:val="00BF39FC"/>
     <w:rsid w:val="00BF5EB9"/>
     <w:rsid w:val="00C25756"/>
     <w:rsid w:val="00C45F5A"/>
     <w:rsid w:val="00C516A7"/>
     <w:rsid w:val="00C51ABD"/>
     <w:rsid w:val="00C52114"/>
     <w:rsid w:val="00C578EC"/>
+    <w:rsid w:val="00C67F2F"/>
     <w:rsid w:val="00C958CF"/>
     <w:rsid w:val="00CA4E95"/>
     <w:rsid w:val="00CA584B"/>
+    <w:rsid w:val="00CB7221"/>
     <w:rsid w:val="00CC0242"/>
     <w:rsid w:val="00CC1393"/>
     <w:rsid w:val="00CC2234"/>
     <w:rsid w:val="00CC47B1"/>
     <w:rsid w:val="00CC5D75"/>
     <w:rsid w:val="00CD00A5"/>
     <w:rsid w:val="00CD33FB"/>
     <w:rsid w:val="00CD4319"/>
     <w:rsid w:val="00CE41A1"/>
     <w:rsid w:val="00D057FA"/>
     <w:rsid w:val="00D07243"/>
     <w:rsid w:val="00D228EA"/>
     <w:rsid w:val="00D2311F"/>
     <w:rsid w:val="00D32A26"/>
     <w:rsid w:val="00D44A16"/>
+    <w:rsid w:val="00D46FA3"/>
+    <w:rsid w:val="00D51065"/>
     <w:rsid w:val="00D572E9"/>
     <w:rsid w:val="00D70330"/>
     <w:rsid w:val="00D70368"/>
     <w:rsid w:val="00D7105E"/>
     <w:rsid w:val="00D740DA"/>
     <w:rsid w:val="00D765CD"/>
     <w:rsid w:val="00D7744A"/>
     <w:rsid w:val="00D80A01"/>
     <w:rsid w:val="00D81C13"/>
     <w:rsid w:val="00D903A3"/>
     <w:rsid w:val="00D9071A"/>
     <w:rsid w:val="00D952C9"/>
     <w:rsid w:val="00D97DB8"/>
     <w:rsid w:val="00DA63E8"/>
     <w:rsid w:val="00DB3B8E"/>
     <w:rsid w:val="00DB5519"/>
+    <w:rsid w:val="00DD22BB"/>
     <w:rsid w:val="00DE0D3B"/>
     <w:rsid w:val="00DE632E"/>
     <w:rsid w:val="00DF5CB0"/>
     <w:rsid w:val="00E14D44"/>
+    <w:rsid w:val="00E23632"/>
     <w:rsid w:val="00E24BC9"/>
     <w:rsid w:val="00E27103"/>
+    <w:rsid w:val="00E32409"/>
     <w:rsid w:val="00E3708F"/>
     <w:rsid w:val="00E433C7"/>
     <w:rsid w:val="00E443EC"/>
+    <w:rsid w:val="00E675D5"/>
     <w:rsid w:val="00E70FA2"/>
     <w:rsid w:val="00E866B2"/>
     <w:rsid w:val="00E91803"/>
     <w:rsid w:val="00EA0B13"/>
     <w:rsid w:val="00EA3890"/>
     <w:rsid w:val="00EA7618"/>
     <w:rsid w:val="00EB7543"/>
     <w:rsid w:val="00EC0380"/>
     <w:rsid w:val="00EC126B"/>
     <w:rsid w:val="00EC2A7D"/>
     <w:rsid w:val="00EC4C63"/>
     <w:rsid w:val="00EC5070"/>
     <w:rsid w:val="00EC75E9"/>
     <w:rsid w:val="00ED20D9"/>
     <w:rsid w:val="00ED2517"/>
     <w:rsid w:val="00ED274B"/>
     <w:rsid w:val="00EE2CEB"/>
+    <w:rsid w:val="00EE5D1F"/>
     <w:rsid w:val="00F20A3C"/>
     <w:rsid w:val="00F26CE4"/>
     <w:rsid w:val="00F26D27"/>
     <w:rsid w:val="00F34AE7"/>
     <w:rsid w:val="00F35BD8"/>
     <w:rsid w:val="00F373E2"/>
     <w:rsid w:val="00F44A0A"/>
     <w:rsid w:val="00F45433"/>
     <w:rsid w:val="00F62CA9"/>
     <w:rsid w:val="00F66511"/>
     <w:rsid w:val="00F741EA"/>
     <w:rsid w:val="00F752DA"/>
     <w:rsid w:val="00F82C07"/>
     <w:rsid w:val="00F86185"/>
     <w:rsid w:val="00FA0C0B"/>
     <w:rsid w:val="00FB1DB6"/>
     <w:rsid w:val="00FB44B5"/>
     <w:rsid w:val="00FC13A8"/>
     <w:rsid w:val="00FD0CCD"/>
     <w:rsid w:val="00FE0A22"/>
     <w:rsid w:val="00FF5AF8"/>
     <w:rsid w:val="00FF7BD3"/>
     <w:rsid w:val="08AA2387"/>
     <w:rsid w:val="093EE13A"/>
     <w:rsid w:val="0C332DE4"/>
@@ -15139,51 +15474,51 @@
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1788161063">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centrumcestovnimediciny.cz/en/list-of-obligatory-and-recommended-vaccinations-in-individual-countries/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://secure.ervpojistovna.cz/download/warlist.pdf?_gl=1*1hun0r2*_ga*Nzg3MTg2OTcwLjE2NDQ5MTQ2MzU.*_ga_V4D4088MVK*MTY4MTcyOTc4OC4xMTguMS4xNjgxNzI5ODkwLjAuMC4w" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drozd.mzv.cz/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ervpojistovna.cz/cs/mobilni-aplikace" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centrumcestovnimediciny.cz/en/list-of-obligatory-and-recommended-vaccinations-in-individual-countries/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://secure.ervpojistovna.cz/download/warlist.pdf?_gl=1*1hun0r2*_ga*Nzg3MTg2OTcwLjE2NDQ5MTQ2MzU.*_ga_V4D4088MVK*MTY4MTcyOTc4OC4xMTguMS4xNjgxNzI5ODkwLjAuMC4w" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drozd.mzv.cz/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://czuvpraze.sharepoint.com/sites/Pro-zamestnance/SitePages/en/Zahranicni-pracovni-cesty.aspx" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ervpojistovna.cz/cs/mobilni-aplikace" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpg"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpg"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\vlkovav\Desktop\CZU_FTZ_hlavickovy%20papir\Barevny%20tisk\CZU_FTZ_Letterhead1.dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Motiv Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
@@ -15466,69 +15801,50 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...17 lines deleted...]
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokument" ma:contentTypeID="0x010100BE0F3ED3F0905E4DB11B183490F7BDE9" ma:contentTypeVersion="5" ma:contentTypeDescription="Vytvoří nový dokument" ma:contentTypeScope="" ma:versionID="fce015bda62b820215ea282ae5844ba8">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns3="cb809507-8084-4936-9506-26e8c0ed7326" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="a73e09c11efe9727e1c2614b6a2c2606" ns3:_="">
     <xsd:import namespace="cb809507-8084-4936-9506-26e8c0ed7326"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="cb809507-8084-4936-9506-26e8c0ed7326" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
@@ -15636,123 +15952,142 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement/>
+</p:properties>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D90B1F35-8184-4162-989C-20B4BFD7FCFC}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="cb809507-8084-4936-9506-26e8c0ed7326"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5EE95C69-A92A-4B02-AE3A-55D7ED51354A}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C0B70404-0DA5-430D-8F2B-DE0D9E3A3171}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F73DF31B-F463-4156-AE2B-F70C1C32E376}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>CZU_FTZ_Letterhead1</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>893</Words>
-  <Characters>4933</Characters>
+  <Words>859</Words>
+  <Characters>5072</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>140</Lines>
-  <Paragraphs>107</Paragraphs>
+  <Lines>42</Lines>
+  <Paragraphs>11</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Název</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5719</CharactersWithSpaces>
+  <CharactersWithSpaces>5920</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Vlková Vlasta</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100BE0F3ED3F0905E4DB11B183490F7BDE9</vt:lpwstr>