--- v0 (2025-11-28)
+++ v1 (2026-03-21)
@@ -266,101 +266,103 @@
         <w:t>. 1</w:t>
       </w:r>
       <w:r w:rsidR="0095643E">
         <w:t>0</w:t>
       </w:r>
       <w:r>
         <w:t>. 202</w:t>
       </w:r>
       <w:r w:rsidR="006E412F">
         <w:t>5</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> ve složení: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="549D929D" w14:textId="77777777" w:rsidR="008A0671" w:rsidRDefault="008A0671" w:rsidP="008A0671">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3C0E7298" w14:textId="77777777" w:rsidR="008A0671" w:rsidRDefault="008A0671" w:rsidP="008A0671">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="114EF7BB" w14:textId="11FD0FF7" w:rsidR="008A0671" w:rsidRDefault="008A0671" w:rsidP="008A0671">
-      <w:pPr>
+    <w:p w14:paraId="114EF7BB" w14:textId="11FD0FF7" w:rsidR="008A0671" w:rsidRDefault="008A0671" w:rsidP="00B75912">
+      <w:pPr>
+        <w:spacing w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Předsed</w:t>
       </w:r>
       <w:r w:rsidR="006E412F">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>a:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1D82717D" w14:textId="2170BC25" w:rsidR="008A0671" w:rsidRDefault="006E412F" w:rsidP="008A0671">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="006E412F">
         <w:t>prof. PhDr. Michal Lošťák, Ph.D</w:t>
       </w:r>
       <w:r w:rsidR="008A0671">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="008A0671">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="008A0671">
         <w:tab/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>PEF,</w:t>
       </w:r>
       <w:r w:rsidR="008A0671">
         <w:t xml:space="preserve"> ČZU v Praze</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="304896DD" w14:textId="77777777" w:rsidR="008A0671" w:rsidRDefault="008A0671" w:rsidP="008A0671">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6BD05694" w14:textId="6D1E4501" w:rsidR="008A0671" w:rsidRPr="008A0671" w:rsidRDefault="008A0671" w:rsidP="008A0671">
-      <w:pPr>
+    <w:p w14:paraId="6BD05694" w14:textId="6D1E4501" w:rsidR="008A0671" w:rsidRPr="008A0671" w:rsidRDefault="008A0671" w:rsidP="00B75912">
+      <w:pPr>
+        <w:spacing w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008A0671">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">Členové: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2559AFF3" w14:textId="41C5C924" w:rsidR="006E412F" w:rsidRPr="006E412F" w:rsidRDefault="006E412F" w:rsidP="006E412F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006E412F">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">doc. Mgr. Zdeněk </w:t>
@@ -619,50 +621,99 @@
     </w:p>
     <w:p w14:paraId="56D2A3B4" w14:textId="2A3A4966" w:rsidR="008A0671" w:rsidRDefault="008A0671" w:rsidP="008A0671">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>Řízení ke jmenování profesorem bylo zahájeno na Vědecké radě FTZ 1</w:t>
       </w:r>
       <w:r w:rsidR="0095643E">
         <w:t>7</w:t>
       </w:r>
       <w:r>
         <w:t>. 1</w:t>
       </w:r>
       <w:r w:rsidR="006E412F">
         <w:t>0</w:t>
       </w:r>
       <w:r>
         <w:t>. 202</w:t>
       </w:r>
       <w:r w:rsidR="006E412F">
         <w:t>5</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77A70712" w14:textId="77777777" w:rsidR="00B75912" w:rsidRDefault="00B75912" w:rsidP="008A0671">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3FC0B1F6" w14:textId="0308A3E5" w:rsidR="00B75912" w:rsidRDefault="00B75912" w:rsidP="008A0671">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Vědecká rada FTZ schválila jmenování </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B75912">
+        <w:t xml:space="preserve">doc. Dr. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B75912">
+        <w:t>Sc</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B75912">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B75912">
+        <w:t>Habil</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B75912">
+        <w:t xml:space="preserve">, Dr. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B75912">
+        <w:t>Sc</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B75912">
+        <w:t>. Agr., Ing. Miroslav</w:t>
+      </w:r>
+      <w:r>
+        <w:t>y</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B75912">
+        <w:t xml:space="preserve"> Bavorov</w:t>
+      </w:r>
+      <w:r>
+        <w:t>é profesorskou dne 06. 02. 2026</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1083D0C7" w14:textId="77777777" w:rsidR="00BB0770" w:rsidRDefault="00BB0770" w:rsidP="008A0671">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5F0CC329" w14:textId="468AA598" w:rsidR="00BB0770" w:rsidRDefault="00BB0770" w:rsidP="008A0671">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2DBA9E0C" w14:textId="77777777" w:rsidR="008A0671" w:rsidRDefault="008A0671" w:rsidP="008A0671">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0DA251B5" w14:textId="69DF11CC" w:rsidR="008A0671" w:rsidRDefault="008A0671" w:rsidP="008A0671">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
@@ -677,160 +728,162 @@
       </w:pPr>
     </w:p>
     <w:p w14:paraId="29BA2176" w14:textId="77777777" w:rsidR="00E57BC7" w:rsidRPr="00456147" w:rsidRDefault="00E57BC7" w:rsidP="00E57BC7">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00E57BC7" w:rsidRPr="00456147" w:rsidSect="009B6DF6">
       <w:headerReference w:type="default" r:id="rId8"/>
       <w:headerReference w:type="first" r:id="rId9"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1304" w:right="1418" w:bottom="1701" w:left="1418" w:header="283" w:footer="1474" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="664398AF" w14:textId="77777777" w:rsidR="009058A9" w:rsidRDefault="009058A9" w:rsidP="00091D49">
+    <w:p w14:paraId="28C77728" w14:textId="77777777" w:rsidR="000101D6" w:rsidRDefault="000101D6" w:rsidP="00091D49">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="64E893F0" w14:textId="77777777" w:rsidR="009058A9" w:rsidRDefault="009058A9" w:rsidP="00091D49">
+    <w:p w14:paraId="4C0545FF" w14:textId="77777777" w:rsidR="000101D6" w:rsidRDefault="000101D6" w:rsidP="00091D49">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="EE"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="EE"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Roboto">
     <w:panose1 w:val="02000000000000000000"/>
-    <w:charset w:val="EE"/>
+    <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="5000205B" w:usb2="00000020" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Roboto Black">
+    <w:altName w:val="Roboto Black"/>
     <w:panose1 w:val="02000000000000000000"/>
-    <w:charset w:val="EE"/>
+    <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="5000205B" w:usb2="00000020" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Roboto Medium">
     <w:panose1 w:val="02000000000000000000"/>
-    <w:charset w:val="EE"/>
+    <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="5000205B" w:usb2="00000020" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MinionPro-Regular">
+    <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
-    <w:charset w:val="EE"/>
+    <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1F91223B" w14:textId="77777777" w:rsidR="009058A9" w:rsidRDefault="009058A9" w:rsidP="00091D49">
+    <w:p w14:paraId="2086B008" w14:textId="77777777" w:rsidR="000101D6" w:rsidRDefault="000101D6" w:rsidP="00091D49">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="76AB5557" w14:textId="77777777" w:rsidR="009058A9" w:rsidRDefault="009058A9" w:rsidP="00091D49">
+    <w:p w14:paraId="49D3EC94" w14:textId="77777777" w:rsidR="000101D6" w:rsidRDefault="000101D6" w:rsidP="00091D49">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="700CA633" w14:textId="5689CBE8" w:rsidR="00091D49" w:rsidRPr="00091D49" w:rsidRDefault="00D17488" w:rsidP="00187577">
     <w:pPr>
       <w:pStyle w:val="Zhlav"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4536"/>
         <w:tab w:val="clear" w:pos="9072"/>
         <w:tab w:val="left" w:pos="7305"/>
         <w:tab w:val="left" w:pos="7725"/>
         <w:tab w:val="right" w:pos="9070"/>
       </w:tabs>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:color w:val="2962FF"/>
@@ -1694,167 +1747,170 @@
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1679579816">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="446854271">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="2008482747">
     <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="90"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:documentProtection w:formatting="1" w:enforcement="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="16385"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="005E23C3"/>
+    <w:rsid w:val="000101D6"/>
     <w:rsid w:val="000642AA"/>
     <w:rsid w:val="00071E4A"/>
     <w:rsid w:val="00075DA9"/>
     <w:rsid w:val="00080B21"/>
     <w:rsid w:val="00091D49"/>
     <w:rsid w:val="00156910"/>
     <w:rsid w:val="00187577"/>
     <w:rsid w:val="001A0294"/>
     <w:rsid w:val="001D6585"/>
     <w:rsid w:val="00217A43"/>
     <w:rsid w:val="00251D66"/>
     <w:rsid w:val="00266416"/>
     <w:rsid w:val="00316367"/>
     <w:rsid w:val="00343962"/>
     <w:rsid w:val="0035464E"/>
     <w:rsid w:val="00426825"/>
     <w:rsid w:val="00431275"/>
     <w:rsid w:val="00504549"/>
     <w:rsid w:val="00511AA5"/>
     <w:rsid w:val="00541CFE"/>
     <w:rsid w:val="005472D1"/>
     <w:rsid w:val="005E23C3"/>
     <w:rsid w:val="005F0305"/>
     <w:rsid w:val="00634A8E"/>
     <w:rsid w:val="00637A19"/>
     <w:rsid w:val="006E412F"/>
     <w:rsid w:val="007005C0"/>
     <w:rsid w:val="00700BDF"/>
+    <w:rsid w:val="00723C82"/>
     <w:rsid w:val="00735EDD"/>
     <w:rsid w:val="00772D33"/>
     <w:rsid w:val="008068F6"/>
     <w:rsid w:val="00812BE3"/>
     <w:rsid w:val="008A0671"/>
     <w:rsid w:val="008A09DE"/>
     <w:rsid w:val="009058A9"/>
     <w:rsid w:val="0095643E"/>
     <w:rsid w:val="00961E77"/>
     <w:rsid w:val="009765B4"/>
     <w:rsid w:val="009A123E"/>
     <w:rsid w:val="009B6DF6"/>
     <w:rsid w:val="00A23417"/>
     <w:rsid w:val="00A257EE"/>
     <w:rsid w:val="00A544C1"/>
     <w:rsid w:val="00AF2578"/>
     <w:rsid w:val="00B1141B"/>
     <w:rsid w:val="00B20E6C"/>
+    <w:rsid w:val="00B75912"/>
     <w:rsid w:val="00B86683"/>
     <w:rsid w:val="00BB0770"/>
     <w:rsid w:val="00BC32DD"/>
     <w:rsid w:val="00BD1A89"/>
     <w:rsid w:val="00BE43F3"/>
     <w:rsid w:val="00BF3416"/>
     <w:rsid w:val="00CD33FB"/>
     <w:rsid w:val="00D161BB"/>
     <w:rsid w:val="00D17488"/>
     <w:rsid w:val="00D2311F"/>
     <w:rsid w:val="00D7105E"/>
     <w:rsid w:val="00D765CD"/>
     <w:rsid w:val="00DA241A"/>
     <w:rsid w:val="00DC22A9"/>
     <w:rsid w:val="00DD4AC5"/>
     <w:rsid w:val="00E36248"/>
     <w:rsid w:val="00E57BC7"/>
     <w:rsid w:val="00E64A62"/>
     <w:rsid w:val="00E866B2"/>
     <w:rsid w:val="00EC126B"/>
     <w:rsid w:val="00F47032"/>
     <w:rsid w:val="00F96E15"/>
     <w:rsid w:val="00FC13A8"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="cs-CZ"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="16385"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="106B3546"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{BFA58C49-7636-44DE-8B66-5AD3DDB10A4C}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="cs-CZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
@@ -2971,70 +3027,70 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4AF2F4D0-BB24-47C4-A688-73EB95AB1527}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>CZU_FTZ_hlavickovy papir1</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>111</Words>
-  <Characters>661</Characters>
+  <Words>130</Words>
+  <Characters>768</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>5</Lines>
+  <Lines>6</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Název</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>771</CharactersWithSpaces>
+  <CharactersWithSpaces>897</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Vlková Vlasta</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>