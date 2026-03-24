--- v0 (2026-01-23)
+++ v1 (2026-03-24)
@@ -372,51 +372,50 @@
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidR="00CA52A5" w:rsidRPr="003132CB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:id w:val="907888929"/>
           <w:placeholder>
             <w:docPart w:val="3D6C8B60DD3642FFB1151DE4B6E5685F"/>
           </w:placeholder>
           <w:showingPlcHdr/>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00783C30">
             <w:rPr>
               <w:rStyle w:val="Zstupntext"/>
               <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri" w:cs="Calibri"/>
               <w:lang w:val="en-GB"/>
             </w:rPr>
             <w:t>Click here to add text</w:t>
           </w:r>
           <w:r w:rsidR="00CA52A5" w:rsidRPr="003132CB">
             <w:rPr>
               <w:rStyle w:val="Zstupntext"/>
               <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri" w:cs="Calibri"/>
               <w:lang w:val="en-GB"/>
             </w:rPr>
             <w:t>.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="3CD485D2" w14:textId="0D5878E5" w:rsidR="00CA52A5" w:rsidRPr="003132CB" w:rsidRDefault="007704EE" w:rsidP="00962223">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
@@ -448,51 +447,50 @@
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidR="00CA52A5" w:rsidRPr="003132CB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:id w:val="-1959407673"/>
           <w:placeholder>
             <w:docPart w:val="33E1B3C8EAF04D65B700CCB2E308651D"/>
           </w:placeholder>
           <w:showingPlcHdr/>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00783C30">
             <w:rPr>
               <w:rStyle w:val="Zstupntext"/>
               <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri" w:cs="Calibri"/>
               <w:lang w:val="en-GB"/>
             </w:rPr>
             <w:t>Click here to add text</w:t>
           </w:r>
           <w:r w:rsidR="00783C30" w:rsidRPr="003132CB">
             <w:rPr>
               <w:rStyle w:val="Zstupntext"/>
               <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri" w:cs="Calibri"/>
               <w:lang w:val="en-GB"/>
             </w:rPr>
             <w:t>.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="7333F159" w14:textId="67718EAC" w:rsidR="00CA52A5" w:rsidRPr="003132CB" w:rsidRDefault="007704EE" w:rsidP="00962223">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
@@ -530,51 +528,50 @@
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:id w:val="-877700136"/>
           <w:placeholder>
             <w:docPart w:val="90B4F885D9A74B59AEA4BF8AF8C4F1E4"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:comboBox>
             <w:listItem w:value="Zvolte položku."/>
             <w:listItem w:displayText="employee of FTZ" w:value="employee of FTZ"/>
             <w:listItem w:displayText="external researcher (e.g. external supervisor / affiliated researcher)" w:value="external researcher (e.g. external supervisor / affiliated researcher)"/>
             <w:listItem w:displayText="student of FTZ" w:value="student of FTZ"/>
           </w:comboBox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00783C30" w:rsidRPr="002871ED">
             <w:rPr>
               <w:rStyle w:val="Zstupntext"/>
               <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
               <w:lang w:val="en-GB"/>
             </w:rPr>
             <w:t>Select</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00CA52A5" w:rsidRPr="003132CB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="36D93614" w14:textId="394F213B" w:rsidR="00CA52A5" w:rsidRPr="003132CB" w:rsidRDefault="00CA52A5" w:rsidP="00962223">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
@@ -640,51 +637,50 @@
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidRPr="003132CB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:id w:val="671919011"/>
           <w:placeholder>
             <w:docPart w:val="2911024A6B5F416F8D606AFDB839CE5A"/>
           </w:placeholder>
           <w:showingPlcHdr/>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00783C30">
             <w:rPr>
               <w:rStyle w:val="Zstupntext"/>
               <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri" w:cs="Calibri"/>
               <w:lang w:val="en-GB"/>
             </w:rPr>
             <w:t>Click here to add text</w:t>
           </w:r>
           <w:r w:rsidR="00783C30" w:rsidRPr="003132CB">
             <w:rPr>
               <w:rStyle w:val="Zstupntext"/>
               <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri" w:cs="Calibri"/>
               <w:lang w:val="en-GB"/>
             </w:rPr>
             <w:t>.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="00A321CC" w14:textId="33B6C55C" w:rsidR="00CA52A5" w:rsidRPr="003132CB" w:rsidRDefault="007D5632" w:rsidP="00962223">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
@@ -716,51 +712,50 @@
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidR="00CA52A5" w:rsidRPr="003132CB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:id w:val="1490287336"/>
           <w:placeholder>
             <w:docPart w:val="CA8C7FD19D30404D90AC2CC6041E14A0"/>
           </w:placeholder>
           <w:showingPlcHdr/>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00783C30">
             <w:rPr>
               <w:rStyle w:val="Zstupntext"/>
               <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri" w:cs="Calibri"/>
               <w:lang w:val="en-GB"/>
             </w:rPr>
             <w:t>Click here to add text</w:t>
           </w:r>
           <w:r w:rsidR="00783C30" w:rsidRPr="003132CB">
             <w:rPr>
               <w:rStyle w:val="Zstupntext"/>
               <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri" w:cs="Calibri"/>
               <w:lang w:val="en-GB"/>
             </w:rPr>
             <w:t>.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="72F31887" w14:textId="69213A04" w:rsidR="00CA52A5" w:rsidRPr="003132CB" w:rsidRDefault="007D5632" w:rsidP="00962223">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
@@ -810,51 +805,50 @@
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:id w:val="1744452951"/>
           <w:placeholder>
             <w:docPart w:val="9B537EB8AEB840FDA48C3C529C3C8852"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:comboBox>
             <w:listItem w:value="Zvolte položku."/>
             <w:listItem w:displayText="Department of Animal Science and Food Processing" w:value="Department of Animal Science and Food Processing"/>
             <w:listItem w:displayText="Department of Crop Science and Agroforestry" w:value="Department of Crop Science and Agroforestry"/>
             <w:listItem w:displayText="Department of Economics and Development" w:value="Department of Economics and Development"/>
             <w:listItem w:displayText="Department of Sustainable Technologies" w:value="Department of Sustainable Technologies"/>
           </w:comboBox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00783C30">
             <w:rPr>
               <w:rStyle w:val="Zstupntext"/>
               <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri" w:cs="Calibri"/>
               <w:lang w:val="en-GB"/>
             </w:rPr>
             <w:t>Select</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00525F63" w:rsidRPr="003132CB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="003132CB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
@@ -878,51 +872,50 @@
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidR="00CA52A5" w:rsidRPr="003132CB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:id w:val="-1349097483"/>
           <w:placeholder>
             <w:docPart w:val="4A90B52FFA264D96B7362FAD0418DD7A"/>
           </w:placeholder>
           <w:showingPlcHdr/>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00783C30">
             <w:rPr>
               <w:rStyle w:val="Zstupntext"/>
               <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri" w:cs="Calibri"/>
               <w:lang w:val="en-GB"/>
             </w:rPr>
             <w:t>Click here to add text</w:t>
           </w:r>
           <w:r w:rsidR="00525F63" w:rsidRPr="003132CB">
             <w:rPr>
               <w:rStyle w:val="Zstupntext"/>
               <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri" w:cs="Calibri"/>
               <w:lang w:val="en-GB"/>
             </w:rPr>
             <w:t>.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="03DE7800" w14:textId="49E51CFE" w:rsidR="00CA52A5" w:rsidRPr="003132CB" w:rsidRDefault="007D5632" w:rsidP="00962223">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
@@ -1031,51 +1024,50 @@
         <w:t>):</w:t>
       </w:r>
       <w:r w:rsidR="00525F63" w:rsidRPr="003132CB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:id w:val="392010824"/>
           <w:placeholder>
             <w:docPart w:val="ADD811BFE3804BCFAE05AAC2016C605A"/>
           </w:placeholder>
           <w:showingPlcHdr/>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00783C30">
             <w:rPr>
               <w:rStyle w:val="Zstupntext"/>
               <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri" w:cs="Calibri"/>
               <w:lang w:val="en-GB"/>
             </w:rPr>
             <w:t>Click here to add text</w:t>
           </w:r>
           <w:r w:rsidR="00525F63" w:rsidRPr="003132CB">
             <w:rPr>
               <w:rStyle w:val="Zstupntext"/>
               <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri" w:cs="Calibri"/>
               <w:lang w:val="en-GB"/>
             </w:rPr>
             <w:t>.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="242D3AFE" w14:textId="73AD167D" w:rsidR="00CA52A5" w:rsidRPr="003132CB" w:rsidRDefault="007D5632" w:rsidP="00962223">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
@@ -1092,51 +1084,50 @@
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Names and e-mail addresses of other research investigators:</w:t>
       </w:r>
     </w:p>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:id w:val="95764573"/>
         <w:placeholder>
           <w:docPart w:val="9B2B7A8CD9AA4A20944C923274466954"/>
         </w:placeholder>
         <w:showingPlcHdr/>
       </w:sdtPr>
-      <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w14:paraId="763CD84B" w14:textId="05DA8BC4" w:rsidR="00CA52A5" w:rsidRPr="003132CB" w:rsidRDefault="00783C30" w:rsidP="00962223">
           <w:pPr>
             <w:jc w:val="both"/>
             <w:rPr>
               <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               <w:b/>
               <w:bCs/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:lang w:val="en-GB"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="Zstupntext"/>
               <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri" w:cs="Calibri"/>
               <w:lang w:val="en-GB"/>
             </w:rPr>
             <w:t>Click here to add text</w:t>
           </w:r>
           <w:r w:rsidR="00525F63" w:rsidRPr="003132CB">
             <w:rPr>
               <w:rStyle w:val="Zstupntext"/>
               <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri" w:cs="Calibri"/>
@@ -1197,51 +1188,50 @@
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidR="00525F63" w:rsidRPr="003132CB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:id w:val="-1070033115"/>
           <w:placeholder>
             <w:docPart w:val="E944A90FDF4D4209B50F238C70C91D3C"/>
           </w:placeholder>
           <w:showingPlcHdr/>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="002871ED">
             <w:rPr>
               <w:rStyle w:val="Zstupntext"/>
               <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri" w:cs="Calibri"/>
               <w:lang w:val="en-GB"/>
             </w:rPr>
             <w:t>Click here to add text</w:t>
           </w:r>
           <w:r w:rsidR="002871ED" w:rsidRPr="003132CB">
             <w:rPr>
               <w:rStyle w:val="Zstupntext"/>
               <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri" w:cs="Calibri"/>
               <w:lang w:val="en-GB"/>
             </w:rPr>
             <w:t>.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="677E4107" w14:textId="045CCC8C" w:rsidR="00CA52A5" w:rsidRPr="003132CB" w:rsidRDefault="00CA52A5" w:rsidP="00962223">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
@@ -1293,99 +1283,97 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:id w:val="-1401366084"/>
           <w:placeholder>
             <w:docPart w:val="1EB80E0FD89A4099B7D24BBD0002858F"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:comboBox>
             <w:listItem w:value="Zvolte položku."/>
             <w:listItem w:displayText="Bachelor’s thesis" w:value="Bachelor’s thesis"/>
             <w:listItem w:displayText="Master’s thesis" w:value="Master’s thesis"/>
             <w:listItem w:displayText="PhD thesis" w:value="PhD thesis"/>
             <w:listItem w:displayText="research funded by FTZ" w:value="research funded by FTZ"/>
             <w:listItem w:displayText="Horizon Europe or another funded project" w:value="Horizon Europe or another funded project"/>
             <w:listItem w:displayText="independent academic research" w:value="independent academic research"/>
           </w:comboBox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="002871ED">
             <w:rPr>
               <w:rStyle w:val="Zstupntext"/>
               <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri" w:cs="Calibri"/>
               <w:lang w:val="en-GB"/>
             </w:rPr>
             <w:t>Select</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="1BFA617B" w14:textId="4EC8F447" w:rsidR="00CA52A5" w:rsidRPr="003132CB" w:rsidRDefault="00291E25" w:rsidP="00962223">
       <w:pPr>
         <w:ind w:left="708" w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003132CB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">           </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:id w:val="-2061776171"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidRPr="003132CB">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:lang w:val="en-GB"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00892C27" w:rsidRPr="003132CB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="007D5632" w:rsidRPr="003132CB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
@@ -1395,51 +1383,50 @@
         <w:t>Other</w:t>
       </w:r>
       <w:r w:rsidR="00CA52A5" w:rsidRPr="003132CB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:id w:val="1382598706"/>
           <w:placeholder>
             <w:docPart w:val="2D6E4FA1436E4A5883A6665328A02401"/>
           </w:placeholder>
           <w:showingPlcHdr/>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="002871ED">
             <w:rPr>
               <w:rStyle w:val="Zstupntext"/>
               <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri" w:cs="Calibri"/>
               <w:lang w:val="en-GB"/>
             </w:rPr>
             <w:t>Click here to add text</w:t>
           </w:r>
           <w:r w:rsidR="002871ED" w:rsidRPr="003132CB">
             <w:rPr>
               <w:rStyle w:val="Zstupntext"/>
               <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri" w:cs="Calibri"/>
               <w:lang w:val="en-GB"/>
             </w:rPr>
             <w:t>.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="461CE87F" w14:textId="019CAE86" w:rsidR="00CA52A5" w:rsidRPr="003132CB" w:rsidRDefault="007D5632" w:rsidP="00962223">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
@@ -1471,51 +1458,50 @@
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidR="00892C27" w:rsidRPr="003132CB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:id w:val="-983772158"/>
           <w:placeholder>
             <w:docPart w:val="C4D4FE8040CC4DAF8B937DF97B694663"/>
           </w:placeholder>
           <w:showingPlcHdr/>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="002871ED">
             <w:rPr>
               <w:rStyle w:val="Zstupntext"/>
               <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri" w:cs="Calibri"/>
               <w:lang w:val="en-GB"/>
             </w:rPr>
             <w:t>Click here to add text</w:t>
           </w:r>
           <w:r w:rsidR="002871ED" w:rsidRPr="003132CB">
             <w:rPr>
               <w:rStyle w:val="Zstupntext"/>
               <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri" w:cs="Calibri"/>
               <w:lang w:val="en-GB"/>
             </w:rPr>
             <w:t>.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="2C1339E9" w14:textId="2B37F608" w:rsidR="00CA52A5" w:rsidRPr="003132CB" w:rsidRDefault="007D5632" w:rsidP="00962223">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
@@ -1547,51 +1533,50 @@
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidR="00892C27" w:rsidRPr="003132CB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:id w:val="-1052763419"/>
           <w:placeholder>
             <w:docPart w:val="BA7DDA5FB6854529A23BCB19F72495DE"/>
           </w:placeholder>
           <w:showingPlcHdr/>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="002871ED">
             <w:rPr>
               <w:rStyle w:val="Zstupntext"/>
               <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri" w:cs="Calibri"/>
               <w:lang w:val="en-GB"/>
             </w:rPr>
             <w:t>Click here to add text</w:t>
           </w:r>
           <w:r w:rsidR="002871ED" w:rsidRPr="003132CB">
             <w:rPr>
               <w:rStyle w:val="Zstupntext"/>
               <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri" w:cs="Calibri"/>
               <w:lang w:val="en-GB"/>
             </w:rPr>
             <w:t>.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="1C596661" w14:textId="5200AE25" w:rsidR="00CA52A5" w:rsidRPr="003132CB" w:rsidRDefault="007D5632" w:rsidP="00962223">
       <w:pPr>
         <w:pStyle w:val="Nadpis1"/>
         <w:jc w:val="both"/>
         <w:rPr>
@@ -2134,76 +2119,75 @@
     </w:p>
     <w:p w14:paraId="4CFCFB5E" w14:textId="1EBE57C0" w:rsidR="00CA52A5" w:rsidRPr="003132CB" w:rsidRDefault="00CA52A5" w:rsidP="00962223">
       <w:pPr>
         <w:pStyle w:val="Nadpis1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003132CB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">D.1 </w:t>
       </w:r>
       <w:r w:rsidR="007D5632" w:rsidRPr="003132CB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Does your research involve human participants?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="20442D14" w14:textId="0EDB2954" w:rsidR="00CA52A5" w:rsidRPr="003132CB" w:rsidRDefault="0008002E" w:rsidP="00962223">
+    <w:p w14:paraId="20442D14" w14:textId="0EDB2954" w:rsidR="00CA52A5" w:rsidRPr="003132CB" w:rsidRDefault="00000000" w:rsidP="00962223">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:id w:val="1445425884"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="001F5DE0" w:rsidRPr="003132CB">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:lang w:val="en-GB"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00892C27" w:rsidRPr="003132CB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="007D5632" w:rsidRPr="003132CB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
@@ -2223,51 +2207,50 @@
       </w:r>
       <w:r w:rsidR="00CA52A5" w:rsidRPr="003132CB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:id w:val="126594745"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00892C27" w:rsidRPr="003132CB">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:lang w:val="en-GB"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00892C27" w:rsidRPr="003132CB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="007D5632" w:rsidRPr="003132CB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
@@ -2443,77 +2426,76 @@
     <w:p w14:paraId="23BF8187" w14:textId="700EAE6E" w:rsidR="00CA52A5" w:rsidRPr="003132CB" w:rsidRDefault="007D5632" w:rsidP="00962223">
       <w:pPr>
         <w:pStyle w:val="Odstavecseseznamem"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003132CB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Does the research involve participants who cannot provide informed consent (children, adolescents, etc.)?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="04D8E167" w14:textId="62A34FEB" w:rsidR="00CA52A5" w:rsidRPr="003132CB" w:rsidRDefault="0008002E" w:rsidP="00962223">
+    <w:p w14:paraId="04D8E167" w14:textId="62A34FEB" w:rsidR="00CA52A5" w:rsidRPr="003132CB" w:rsidRDefault="00000000" w:rsidP="00962223">
       <w:pPr>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:id w:val="1825929441"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00892C27" w:rsidRPr="003132CB">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:lang w:val="en-GB"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00CA52A5" w:rsidRPr="003132CB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00D568D6" w:rsidRPr="003132CB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
@@ -2533,51 +2515,50 @@
       </w:r>
       <w:r w:rsidR="00CA52A5" w:rsidRPr="003132CB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:id w:val="-2027935211"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00892C27" w:rsidRPr="003132CB">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:lang w:val="en-GB"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00CA52A5" w:rsidRPr="003132CB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> N</w:t>
       </w:r>
       <w:r w:rsidR="00D568D6" w:rsidRPr="003132CB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
@@ -2706,77 +2687,76 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Do any of the research participants belong to particularly vulnerable individuals or group</w:t>
       </w:r>
       <w:r w:rsidR="00D568D6" w:rsidRPr="003132CB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidR="00CA52A5" w:rsidRPr="003132CB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4586B601" w14:textId="3A31CAEA" w:rsidR="00892C27" w:rsidRPr="003132CB" w:rsidRDefault="0008002E" w:rsidP="00962223">
+    <w:p w14:paraId="4586B601" w14:textId="3A31CAEA" w:rsidR="00892C27" w:rsidRPr="003132CB" w:rsidRDefault="00000000" w:rsidP="00962223">
       <w:pPr>
         <w:pStyle w:val="Odstavecseseznamem"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:id w:val="-243418559"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="001F5DE0" w:rsidRPr="003132CB">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:lang w:val="en-GB"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00892C27" w:rsidRPr="003132CB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00D568D6" w:rsidRPr="003132CB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
@@ -2796,51 +2776,50 @@
       </w:r>
       <w:r w:rsidR="00892C27" w:rsidRPr="003132CB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:id w:val="-1464343230"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00892C27" w:rsidRPr="003132CB">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:lang w:val="en-GB"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00892C27" w:rsidRPr="003132CB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> N</w:t>
       </w:r>
       <w:r w:rsidR="00D568D6" w:rsidRPr="003132CB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
@@ -2924,77 +2903,76 @@
     <w:p w14:paraId="2A668D38" w14:textId="6C5B7E44" w:rsidR="00CA52A5" w:rsidRPr="003132CB" w:rsidRDefault="00D568D6" w:rsidP="00962223">
       <w:pPr>
         <w:pStyle w:val="Odstavecseseznamem"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003132CB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Will personal data or special categories of personal data (formerly “sensitive personal data”) be collected about research participants, such as racial or ethnic origin, political opinions, religious or philosophical beliefs, trade union membership, genetic data, biometric data processed for the purpose of uniquely identifying a natural person, data concerning health, sexual life or sexual orientation, or data relating to criminal convictions and offences or related security measures?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="05BE2DA1" w14:textId="712166D2" w:rsidR="001F5DE0" w:rsidRPr="003132CB" w:rsidRDefault="0008002E" w:rsidP="00962223">
+    <w:p w14:paraId="05BE2DA1" w14:textId="712166D2" w:rsidR="001F5DE0" w:rsidRPr="003132CB" w:rsidRDefault="00000000" w:rsidP="00962223">
       <w:pPr>
         <w:pStyle w:val="Odstavecseseznamem"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:id w:val="-1942747676"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="001F5DE0" w:rsidRPr="003132CB">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:lang w:val="en-GB"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="001F5DE0" w:rsidRPr="003132CB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00D568D6" w:rsidRPr="003132CB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
@@ -3014,51 +2992,50 @@
       </w:r>
       <w:r w:rsidR="001F5DE0" w:rsidRPr="003132CB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:id w:val="1235439160"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="001F5DE0" w:rsidRPr="003132CB">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:lang w:val="en-GB"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="001F5DE0" w:rsidRPr="003132CB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> N</w:t>
       </w:r>
       <w:r w:rsidR="00D568D6" w:rsidRPr="003132CB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
@@ -3217,77 +3194,76 @@
     <w:p w14:paraId="2D574405" w14:textId="2CF340B2" w:rsidR="00CA52A5" w:rsidRPr="003132CB" w:rsidRDefault="00D568D6" w:rsidP="00962223">
       <w:pPr>
         <w:pStyle w:val="Odstavecseseznamem"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003132CB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Will your research process previously collected personal data?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2E958464" w14:textId="41D2AB55" w:rsidR="001F5DE0" w:rsidRPr="003132CB" w:rsidRDefault="0008002E" w:rsidP="00962223">
+    <w:p w14:paraId="2E958464" w14:textId="41D2AB55" w:rsidR="001F5DE0" w:rsidRPr="003132CB" w:rsidRDefault="00000000" w:rsidP="00962223">
       <w:pPr>
         <w:pStyle w:val="Odstavecseseznamem"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:id w:val="2114240084"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="001F5DE0" w:rsidRPr="003132CB">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:lang w:val="en-GB"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="001F5DE0" w:rsidRPr="003132CB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00D568D6" w:rsidRPr="003132CB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
@@ -3307,51 +3283,50 @@
       </w:r>
       <w:r w:rsidR="001F5DE0" w:rsidRPr="003132CB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:id w:val="71403144"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="001F5DE0" w:rsidRPr="003132CB">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:lang w:val="en-GB"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="001F5DE0" w:rsidRPr="003132CB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> N</w:t>
       </w:r>
       <w:r w:rsidR="00D568D6" w:rsidRPr="003132CB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
@@ -3510,77 +3485,76 @@
     <w:p w14:paraId="62F77FA1" w14:textId="537DA7EE" w:rsidR="00CA52A5" w:rsidRPr="003132CB" w:rsidRDefault="00D568D6" w:rsidP="00962223">
       <w:pPr>
         <w:pStyle w:val="Odstavecseseznamem"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003132CB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Will the collected data be provided to other entities?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7AF92169" w14:textId="6A1C7C77" w:rsidR="001F5DE0" w:rsidRPr="003132CB" w:rsidRDefault="0008002E" w:rsidP="00962223">
+    <w:p w14:paraId="7AF92169" w14:textId="6A1C7C77" w:rsidR="001F5DE0" w:rsidRPr="003132CB" w:rsidRDefault="00000000" w:rsidP="00962223">
       <w:pPr>
         <w:pStyle w:val="Odstavecseseznamem"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:id w:val="-1481995328"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="001F5DE0" w:rsidRPr="003132CB">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:lang w:val="en-GB"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="001F5DE0" w:rsidRPr="003132CB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00D568D6" w:rsidRPr="003132CB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
@@ -3600,121 +3574,100 @@
       </w:r>
       <w:r w:rsidR="001F5DE0" w:rsidRPr="003132CB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:id w:val="-1283805080"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="001F5DE0" w:rsidRPr="003132CB">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:lang w:val="en-GB"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="001F5DE0" w:rsidRPr="003132CB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> N</w:t>
       </w:r>
       <w:r w:rsidR="00D568D6" w:rsidRPr="003132CB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>o</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="73B4A5C4" w14:textId="45906479" w:rsidR="00CA52A5" w:rsidRPr="003132CB" w:rsidRDefault="00D568D6" w:rsidP="00962223">
       <w:pPr>
         <w:ind w:left="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003132CB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">If yes, describe which other entities in the Czech Republic or abroad the data will be provided to. Justify and describe the data transfer process </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> data protection. Confirm that you have consent to share the data with another entity:</w:t>
+        <w:t>If yes, describe which other entities in the Czech Republic or abroad the data will be provided to. Justify and describe the data transfer process with regard to data protection. Confirm that you have consent to share the data with another entity:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Mkatabulky"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10456"/>
       </w:tblGrid>
       <w:tr w:rsidR="00C366E5" w:rsidRPr="003132CB" w14:paraId="0813AFAA" w14:textId="77777777" w:rsidTr="008A7BE6">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10456" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="16D2B62A" w14:textId="77777777" w:rsidR="00C366E5" w:rsidRPr="003132CB" w:rsidRDefault="00C366E5" w:rsidP="00C366E5">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
@@ -3965,81 +3918,80 @@
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:ind w:left="993" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Hlk216771529"/>
       <w:r w:rsidRPr="003132CB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Will the permission for field collection be obtained from the relevant authorities (e.g. Ministry of the Environment, local authority, park administration, university)?</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
-    <w:p w14:paraId="3F4A0E71" w14:textId="77777777" w:rsidR="00EA523F" w:rsidRPr="00EA523F" w:rsidRDefault="0008002E" w:rsidP="00EA523F">
+    <w:p w14:paraId="3F4A0E71" w14:textId="77777777" w:rsidR="00EA523F" w:rsidRPr="00EA523F" w:rsidRDefault="00000000" w:rsidP="00EA523F">
       <w:pPr>
         <w:pStyle w:val="Odstavecseseznamem"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:id w:val="-749655113"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00EA523F" w:rsidRPr="00EA523F">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:lang w:val="en-GB"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00EA523F" w:rsidRPr="00EA523F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> Yes, specify: </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Mkatabulky"/>
@@ -4070,81 +4022,80 @@
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="36D9C7DC" w14:textId="77777777" w:rsidR="00EA523F" w:rsidRPr="00EA523F" w:rsidRDefault="00EA523F" w:rsidP="00EA523F">
       <w:pPr>
         <w:pStyle w:val="Odstavecseseznamem"/>
         <w:ind w:left="1440"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5BD51F28" w14:textId="77777777" w:rsidR="00EA523F" w:rsidRPr="00EA523F" w:rsidRDefault="0008002E" w:rsidP="00EA523F">
+    <w:p w14:paraId="5BD51F28" w14:textId="77777777" w:rsidR="00EA523F" w:rsidRPr="00EA523F" w:rsidRDefault="00000000" w:rsidP="00EA523F">
       <w:pPr>
         <w:pStyle w:val="Odstavecseseznamem"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:id w:val="1233589107"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00EA523F" w:rsidRPr="00EA523F">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:lang w:val="en-GB"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00EA523F" w:rsidRPr="00EA523F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> No, justify:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Mkatabulky"/>
@@ -4198,116 +4149,95 @@
       </w:pPr>
     </w:p>
     <w:p w14:paraId="38E65E79" w14:textId="592108E9" w:rsidR="00282D19" w:rsidRPr="003132CB" w:rsidRDefault="00D568D6" w:rsidP="00962223">
       <w:pPr>
         <w:pStyle w:val="Odstavecseseznamem"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:ind w:left="993" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003132CB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">Will consultation with the local community be carried out and their prior informed consent obtained </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> traditional knowledge</w:t>
+        <w:t>Will consultation with the local community be carried out and their prior informed consent obtained with regard to traditional knowledge</w:t>
       </w:r>
       <w:r w:rsidR="00282D19" w:rsidRPr="003132CB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>?</w:t>
       </w:r>
       <w:r w:rsidR="00282D19" w:rsidRPr="003132CB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00282D19" w:rsidRPr="003132CB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:id w:val="-1376394420"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00282D19" w:rsidRPr="003132CB">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:lang w:val="en-GB"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00282D19" w:rsidRPr="003132CB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="003132CB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
@@ -4327,51 +4257,50 @@
       </w:r>
       <w:r w:rsidR="00282D19" w:rsidRPr="003132CB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:id w:val="1324546247"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00282D19" w:rsidRPr="003132CB">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:lang w:val="en-GB"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00282D19" w:rsidRPr="003132CB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> N</w:t>
       </w:r>
       <w:r w:rsidRPr="003132CB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
@@ -4400,51 +4329,50 @@
       </w:r>
       <w:r w:rsidR="00282D19" w:rsidRPr="003132CB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:id w:val="1242138635"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00282D19" w:rsidRPr="003132CB">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:lang w:val="en-GB"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00282D19" w:rsidRPr="003132CB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="003132CB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
@@ -4464,76 +4392,75 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003132CB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">D.2 </w:t>
       </w:r>
       <w:r w:rsidR="00D568D6" w:rsidRPr="003132CB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Does your research involve animals</w:t>
       </w:r>
       <w:r w:rsidRPr="003132CB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="35C183F2" w14:textId="4E707B78" w:rsidR="001F5DE0" w:rsidRPr="003132CB" w:rsidRDefault="0008002E" w:rsidP="00962223">
+    <w:p w14:paraId="35C183F2" w14:textId="4E707B78" w:rsidR="001F5DE0" w:rsidRPr="003132CB" w:rsidRDefault="00000000" w:rsidP="00962223">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:id w:val="987209542"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="001F5DE0" w:rsidRPr="003132CB">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:lang w:val="en-GB"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="001F5DE0" w:rsidRPr="003132CB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00D568D6" w:rsidRPr="003132CB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
@@ -4553,51 +4480,50 @@
       </w:r>
       <w:r w:rsidR="001F5DE0" w:rsidRPr="003132CB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:id w:val="-1888790294"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="001F5DE0" w:rsidRPr="003132CB">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:lang w:val="en-GB"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="001F5DE0" w:rsidRPr="003132CB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> N</w:t>
       </w:r>
       <w:r w:rsidR="00D568D6" w:rsidRPr="003132CB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
@@ -4911,98 +4837,86 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Do you anticipate animal mortality </w:t>
       </w:r>
       <w:r w:rsidR="00BF30D1" w:rsidRPr="00BF30D1">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>or serious harm</w:t>
       </w:r>
       <w:r w:rsidR="00BF30D1">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="003132CB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>as a result of</w:t>
-[...12 lines deleted...]
-    <w:p w14:paraId="1CAFE4BB" w14:textId="152D6B90" w:rsidR="001F5DE0" w:rsidRDefault="0008002E" w:rsidP="00962223">
+        <w:t>as a result of the research?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1CAFE4BB" w14:textId="152D6B90" w:rsidR="001F5DE0" w:rsidRDefault="00000000" w:rsidP="00962223">
       <w:pPr>
         <w:pStyle w:val="Odstavecseseznamem"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:id w:val="-420329808"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="002F5FD4" w:rsidRPr="003132CB">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Calibri"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:lang w:val="en-GB"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="001F5DE0" w:rsidRPr="003132CB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00534540" w:rsidRPr="003132CB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
@@ -5022,51 +4936,50 @@
       </w:r>
       <w:r w:rsidR="001F5DE0" w:rsidRPr="003132CB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:id w:val="765038435"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="001F5DE0" w:rsidRPr="003132CB">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:lang w:val="en-GB"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="001F5DE0" w:rsidRPr="003132CB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> N</w:t>
       </w:r>
       <w:r w:rsidR="00534540" w:rsidRPr="003132CB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
@@ -5204,77 +5117,76 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> the permission for animal handling be</w:t>
       </w:r>
       <w:r w:rsidR="003066DD">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">/been </w:t>
       </w:r>
       <w:r w:rsidRPr="003132CB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>obtained from the relevant authorities (e.g. Ministry of the Environment, local authority, park administration, university)?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="48ABEDA8" w14:textId="360885A0" w:rsidR="00825166" w:rsidRDefault="0008002E" w:rsidP="00962223">
+    <w:p w14:paraId="48ABEDA8" w14:textId="360885A0" w:rsidR="00825166" w:rsidRDefault="00000000" w:rsidP="00962223">
       <w:pPr>
         <w:ind w:left="993"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:id w:val="1430391564"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00825166" w:rsidRPr="003132CB">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:lang w:val="en-GB"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00825166" w:rsidRPr="003132CB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00EE6417" w:rsidRPr="003132CB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
@@ -5357,77 +5269,76 @@
           <w:p w14:paraId="4490881B" w14:textId="77777777" w:rsidR="00EA523F" w:rsidRDefault="00EA523F" w:rsidP="00EA523F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="1CC9535E" w14:textId="77777777" w:rsidR="00EA523F" w:rsidRPr="003132CB" w:rsidRDefault="00EA523F" w:rsidP="00EA523F">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="06C928DE" w14:textId="613EB81C" w:rsidR="00825166" w:rsidRDefault="0008002E" w:rsidP="00962223">
+    <w:p w14:paraId="06C928DE" w14:textId="613EB81C" w:rsidR="00825166" w:rsidRDefault="00000000" w:rsidP="00962223">
       <w:pPr>
         <w:ind w:left="993"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:id w:val="-302009404"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00825166" w:rsidRPr="003132CB">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:lang w:val="en-GB"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00825166" w:rsidRPr="003132CB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00EE6417" w:rsidRPr="003132CB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
@@ -5739,71 +5650,51 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3857EE53" w14:textId="77777777" w:rsidR="00290EC2" w:rsidRDefault="00EE6417" w:rsidP="00290EC2">
       <w:pPr>
         <w:pStyle w:val="Odstavecseseznamem"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003132CB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">Will consultation with the local community be carried out and their prior informed consent obtained </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> traditional knowledge?</w:t>
+        <w:t>Will consultation with the local community be carried out and their prior informed consent obtained with regard to traditional knowledge?</w:t>
       </w:r>
       <w:r w:rsidR="00825166" w:rsidRPr="003132CB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00825166" w:rsidRPr="003132CB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="6E317029" w14:textId="22808AC2" w:rsidR="00825166" w:rsidRPr="00290EC2" w:rsidRDefault="00825166" w:rsidP="00290EC2">
       <w:pPr>
         <w:ind w:left="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
@@ -5816,51 +5707,50 @@
       <w:r w:rsidRPr="00290EC2">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:id w:val="15815868"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidRPr="00290EC2">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:lang w:val="en-GB"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="00290EC2">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00EE6417" w:rsidRPr="00290EC2">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
@@ -5880,51 +5770,50 @@
       </w:r>
       <w:r w:rsidRPr="00290EC2">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:id w:val="205146576"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidRPr="00290EC2">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:lang w:val="en-GB"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="00290EC2">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> N</w:t>
       </w:r>
       <w:r w:rsidR="00EE6417" w:rsidRPr="00290EC2">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
@@ -5953,51 +5842,50 @@
       </w:r>
       <w:r w:rsidRPr="00290EC2">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:id w:val="-117310714"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidRPr="00290EC2">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:lang w:val="en-GB"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="00290EC2">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> N</w:t>
       </w:r>
       <w:r w:rsidR="00EE6417" w:rsidRPr="00290EC2">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
@@ -6062,76 +5950,75 @@
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Does your research involve the collection and transport of plant samples?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="42F19B58" w14:textId="33B794F7" w:rsidR="00DC0E1E" w:rsidRPr="003132CB" w:rsidRDefault="00EE6417" w:rsidP="00962223">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003132CB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>For the purposes of this form, plant samples mean any parts of plants (including processed material), e.g. seeds, leaves, roots, fruits, bark, extracts, pollen, DNA/RNA, herbarium specimens.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="60581967" w14:textId="78C62B4A" w:rsidR="001F5DE0" w:rsidRPr="003132CB" w:rsidRDefault="0008002E" w:rsidP="00962223">
+    <w:p w14:paraId="60581967" w14:textId="78C62B4A" w:rsidR="001F5DE0" w:rsidRPr="003132CB" w:rsidRDefault="00000000" w:rsidP="00962223">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:id w:val="-611674518"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="001F5DE0" w:rsidRPr="003132CB">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:lang w:val="en-GB"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="001F5DE0" w:rsidRPr="003132CB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00EE6417" w:rsidRPr="003132CB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
@@ -6151,51 +6038,50 @@
       </w:r>
       <w:r w:rsidR="001F5DE0" w:rsidRPr="003132CB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:id w:val="-1946600063"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="001F5DE0" w:rsidRPr="003132CB">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:lang w:val="en-GB"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="001F5DE0" w:rsidRPr="003132CB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> N</w:t>
       </w:r>
       <w:r w:rsidR="00EE6417" w:rsidRPr="003132CB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
@@ -6389,51 +6275,50 @@
         <w:t>Country of origin:</w:t>
       </w:r>
       <w:r w:rsidR="00090DD4" w:rsidRPr="003132CB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:id w:val="-1742392721"/>
           <w:placeholder>
             <w:docPart w:val="B3D23D90A35E408B8EC3E71EEBC9B0C3"/>
           </w:placeholder>
           <w:showingPlcHdr/>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="002871ED">
             <w:rPr>
               <w:rStyle w:val="Zstupntext"/>
               <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri" w:cs="Calibri"/>
               <w:lang w:val="en-GB"/>
             </w:rPr>
             <w:t>Click here to add text</w:t>
           </w:r>
           <w:r w:rsidR="002871ED" w:rsidRPr="003132CB">
             <w:rPr>
               <w:rStyle w:val="Zstupntext"/>
               <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri" w:cs="Calibri"/>
               <w:lang w:val="en-GB"/>
             </w:rPr>
             <w:t>.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="7E55B28F" w14:textId="5C1F5B87" w:rsidR="00090DD4" w:rsidRPr="003132CB" w:rsidRDefault="00EE6417" w:rsidP="00962223">
       <w:pPr>
         <w:pStyle w:val="Odstavecseseznamem"/>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="993"/>
@@ -6455,51 +6340,50 @@
         <w:t>Institution/provider:</w:t>
       </w:r>
       <w:r w:rsidR="00090DD4" w:rsidRPr="003132CB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:id w:val="-1804613174"/>
           <w:placeholder>
             <w:docPart w:val="0DEDDBB4223D4063AE563C6D6E1E8A2D"/>
           </w:placeholder>
           <w:showingPlcHdr/>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="002871ED">
             <w:rPr>
               <w:rStyle w:val="Zstupntext"/>
               <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri" w:cs="Calibri"/>
               <w:lang w:val="en-GB"/>
             </w:rPr>
             <w:t>Click here to add text</w:t>
           </w:r>
           <w:r w:rsidR="002871ED" w:rsidRPr="003132CB">
             <w:rPr>
               <w:rStyle w:val="Zstupntext"/>
               <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri" w:cs="Calibri"/>
               <w:lang w:val="en-GB"/>
             </w:rPr>
             <w:t>.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="53FAC02D" w14:textId="7830C18F" w:rsidR="00090DD4" w:rsidRPr="003132CB" w:rsidRDefault="00EE6417" w:rsidP="00C366E5">
       <w:pPr>
         <w:pStyle w:val="Odstavecseseznamem"/>
         <w:ind w:left="993"/>
         <w:jc w:val="both"/>
@@ -6583,138 +6467,136 @@
       <w:pPr>
         <w:pStyle w:val="Odstavecseseznamem"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003132CB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Does the use of plant material fall under the Nagoya Protocol?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1620B58E" w14:textId="77F24716" w:rsidR="00090DD4" w:rsidRPr="003132CB" w:rsidRDefault="0008002E" w:rsidP="00962223">
+    <w:p w14:paraId="1620B58E" w14:textId="77F24716" w:rsidR="00090DD4" w:rsidRPr="003132CB" w:rsidRDefault="00000000" w:rsidP="00962223">
       <w:pPr>
         <w:pStyle w:val="Odstavecseseznamem"/>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="993"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:id w:val="794180468"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00090DD4" w:rsidRPr="003132CB">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:lang w:val="en-GB"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00090DD4" w:rsidRPr="003132CB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00EE6417" w:rsidRPr="003132CB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Yes (continue completing this section)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6237BD63" w14:textId="16961741" w:rsidR="00C366E5" w:rsidRPr="003132CB" w:rsidRDefault="0008002E" w:rsidP="00C366E5">
+    <w:p w14:paraId="6237BD63" w14:textId="16961741" w:rsidR="00C366E5" w:rsidRPr="003132CB" w:rsidRDefault="00000000" w:rsidP="00C366E5">
       <w:pPr>
         <w:pStyle w:val="Odstavecseseznamem"/>
         <w:ind w:left="993"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:id w:val="389459690"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00090DD4" w:rsidRPr="003132CB">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:lang w:val="en-GB"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00090DD4" w:rsidRPr="003132CB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00EE6417" w:rsidRPr="003132CB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
@@ -7032,79 +6914,78 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003132CB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>I declare that I am aware of the legal and ethical consequences of concealing or falsifying information and acknowledge that providing false information may lead to rejection of ethical approval, sanctions by the competent authorities, and disciplinary proceedings at CZU.</w:t>
       </w:r>
       <w:r w:rsidR="003401E2" w:rsidRPr="003132CB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="62573FDA" w14:textId="09C569A0" w:rsidR="003401E2" w:rsidRPr="003132CB" w:rsidRDefault="0008002E" w:rsidP="00E320E5">
+    <w:p w14:paraId="62573FDA" w14:textId="09C569A0" w:rsidR="003401E2" w:rsidRPr="003132CB" w:rsidRDefault="00000000" w:rsidP="00E320E5">
       <w:pPr>
         <w:pStyle w:val="Odstavecseseznamem"/>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:id w:val="-1871529054"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="003401E2" w:rsidRPr="003132CB">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:lang w:val="en-GB"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="003401E2" w:rsidRPr="003132CB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00541637" w:rsidRPr="003132CB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
@@ -7124,51 +7005,50 @@
       </w:r>
       <w:r w:rsidR="003401E2" w:rsidRPr="003132CB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:id w:val="-1611424506"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="003401E2" w:rsidRPr="003132CB">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:lang w:val="en-GB"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="003401E2" w:rsidRPr="003132CB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> N</w:t>
       </w:r>
       <w:r w:rsidR="00541637" w:rsidRPr="003132CB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
@@ -7387,77 +7267,76 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> obtained from the relevant authorities (e.g. Ministry of the Environment, local authority, park</w:t>
       </w:r>
       <w:r w:rsidR="0086017D">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>/farm/garden</w:t>
       </w:r>
       <w:r w:rsidRPr="000A2F77">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> administration, university)?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5ADAEC7E" w14:textId="7C828682" w:rsidR="00C366E5" w:rsidRPr="003132CB" w:rsidRDefault="0008002E" w:rsidP="00962223">
+    <w:p w14:paraId="5ADAEC7E" w14:textId="7C828682" w:rsidR="00C366E5" w:rsidRPr="003132CB" w:rsidRDefault="00000000" w:rsidP="00962223">
       <w:pPr>
         <w:ind w:left="993"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:id w:val="893087369"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="002834B6" w:rsidRPr="003132CB">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:lang w:val="en-GB"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="002834B6" w:rsidRPr="003132CB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00541637" w:rsidRPr="003132CB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
@@ -7531,77 +7410,76 @@
           <w:p w14:paraId="51A7CED4" w14:textId="77777777" w:rsidR="00C366E5" w:rsidRPr="003132CB" w:rsidRDefault="00C366E5" w:rsidP="008A7BE6">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="4C20C20F" w14:textId="77777777" w:rsidR="00C366E5" w:rsidRPr="003132CB" w:rsidRDefault="00C366E5" w:rsidP="00C366E5">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5BC4DA4B" w14:textId="77777777" w:rsidR="00C366E5" w:rsidRPr="003132CB" w:rsidRDefault="0008002E" w:rsidP="00962223">
+    <w:p w14:paraId="5BC4DA4B" w14:textId="77777777" w:rsidR="00C366E5" w:rsidRPr="003132CB" w:rsidRDefault="00000000" w:rsidP="00962223">
       <w:pPr>
         <w:ind w:left="993"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:id w:val="1422522321"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="002834B6" w:rsidRPr="003132CB">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:lang w:val="en-GB"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="002834B6" w:rsidRPr="003132CB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A53361" w:rsidRPr="003132CB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
@@ -7698,115 +7576,94 @@
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3CC20A68" w14:textId="7EB265D1" w:rsidR="002834B6" w:rsidRPr="003132CB" w:rsidRDefault="00541637" w:rsidP="00962223">
       <w:pPr>
         <w:pStyle w:val="Odstavecseseznamem"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:ind w:left="993" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003132CB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">Will consultation with the local community be carried out and their prior informed consent obtained </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> traditional knowledge?</w:t>
+        <w:t>Will consultation with the local community be carried out and their prior informed consent obtained with regard to traditional knowledge?</w:t>
       </w:r>
       <w:r w:rsidR="00825166" w:rsidRPr="003132CB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00825166" w:rsidRPr="003132CB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="002834B6" w:rsidRPr="003132CB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:id w:val="-1610802571"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="002834B6" w:rsidRPr="003132CB">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:lang w:val="en-GB"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="002834B6" w:rsidRPr="003132CB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="003132CB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
@@ -7826,51 +7683,50 @@
       </w:r>
       <w:r w:rsidR="002834B6" w:rsidRPr="003132CB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:id w:val="921686413"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="002834B6" w:rsidRPr="003132CB">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:lang w:val="en-GB"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="002834B6" w:rsidRPr="003132CB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> N</w:t>
       </w:r>
       <w:r w:rsidRPr="003132CB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
@@ -7899,51 +7755,50 @@
       </w:r>
       <w:r w:rsidR="002834B6" w:rsidRPr="003132CB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:id w:val="2018652036"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="002834B6" w:rsidRPr="003132CB">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:lang w:val="en-GB"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="002834B6" w:rsidRPr="003132CB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="003132CB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
@@ -8066,144 +7921,142 @@
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003132CB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>The statements below must be agreed to by checking the boxes, and the application must be signed by the applicant. Otherwise, the application will not be considered by the Research Ethics Committee.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="33CFE01F" w14:textId="77777777" w:rsidR="00CA52A5" w:rsidRPr="003132CB" w:rsidRDefault="00CA52A5" w:rsidP="00962223">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="48D5DF1A" w14:textId="1C45C35C" w:rsidR="00CA52A5" w:rsidRPr="003132CB" w:rsidRDefault="0008002E" w:rsidP="00962223">
+    <w:p w14:paraId="48D5DF1A" w14:textId="1C45C35C" w:rsidR="00CA52A5" w:rsidRPr="003132CB" w:rsidRDefault="00000000" w:rsidP="00962223">
       <w:pPr>
         <w:ind w:left="851" w:hanging="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:id w:val="-1112821935"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00541637" w:rsidRPr="003132CB">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Calibri"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:lang w:val="en-GB"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00CA52A5" w:rsidRPr="003132CB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00541637" w:rsidRPr="003132CB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>I declare that the information provided in this application is true and complete.</w:t>
       </w:r>
       <w:r w:rsidR="00CA52A5" w:rsidRPr="003132CB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="61DCEA49" w14:textId="139BFBD2" w:rsidR="00CA52A5" w:rsidRPr="003132CB" w:rsidRDefault="0008002E" w:rsidP="008706C2">
+    <w:p w14:paraId="61DCEA49" w14:textId="139BFBD2" w:rsidR="00CA52A5" w:rsidRPr="003132CB" w:rsidRDefault="00000000" w:rsidP="008706C2">
       <w:pPr>
         <w:ind w:left="851" w:hanging="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:id w:val="337053225"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00D61325" w:rsidRPr="003132CB">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Calibri"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:lang w:val="en-GB"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00CA52A5" w:rsidRPr="003132CB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00541637" w:rsidRPr="003132CB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
@@ -8254,77 +8107,76 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00541637" w:rsidRPr="003132CB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>failure to comply with these principles may result in withdrawal of ethical approval.</w:t>
       </w:r>
       <w:r w:rsidR="00CA52A5" w:rsidRPr="003132CB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="03F2E8EE" w14:textId="2144AAB5" w:rsidR="00CA52A5" w:rsidRPr="003132CB" w:rsidRDefault="0008002E" w:rsidP="00962223">
+    <w:p w14:paraId="03F2E8EE" w14:textId="2144AAB5" w:rsidR="00CA52A5" w:rsidRPr="003132CB" w:rsidRDefault="00000000" w:rsidP="00962223">
       <w:pPr>
         <w:ind w:left="851" w:hanging="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:id w:val="691265496"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00D61325" w:rsidRPr="003132CB">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Calibri"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:lang w:val="en-GB"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00CA52A5" w:rsidRPr="003132CB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="008706C2" w:rsidRPr="003132CB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
@@ -8666,191 +8518,190 @@
       <w:r w:rsidRPr="003132CB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Instructions for Applicants</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="41743925" w14:textId="77777777" w:rsidR="008706C2" w:rsidRPr="003132CB" w:rsidRDefault="008706C2" w:rsidP="00962223">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1CB2FEC3" w14:textId="7B16AD33" w:rsidR="00CA52A5" w:rsidRPr="003132CB" w:rsidRDefault="008706C2" w:rsidP="00962223">
+    <w:p w14:paraId="1CB2FEC3" w14:textId="50B79F24" w:rsidR="00CA52A5" w:rsidRPr="003132CB" w:rsidRDefault="008706C2" w:rsidP="00962223">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003132CB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Please familiari</w:t>
       </w:r>
       <w:r w:rsidR="0009058C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="003132CB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">e yourself with the Dean’s Regulation </w:t>
       </w:r>
-      <w:r w:rsidRPr="003132CB">
-[...7 lines deleted...]
-        <w:t>XX</w:t>
+      <w:r w:rsidR="00E63B97">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>15/2025</w:t>
       </w:r>
       <w:r w:rsidRPr="003132CB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> “Statute and Rules of Procedure of the Research Ethics Committee” and complete the application and proceed further in accordance with this Regulation. Submit the application at least 30 calendar days before the planned start of the research. Before submission, ensure that all information necessary for assessment is included in the application, including required attachments (e.g. permits for animal research). Incomplete or unclear applications will be returned without review. Applications are submitted electronically (ideally as a PDF) to ethics@ftz.czu.cz. The application will be formally checked and, if all requirements are met, will be assigned a reference number (format: FTZ-ETHICS-YYYY-XXX) and the applicant will receive a confirmation e-mail. The Committee meets at least twice a year, usually at the beginning of the semester, to discuss applications. You will be informed of the Commission's decision by email within 60 calendar days of the application being discussed.</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00CA52A5" w:rsidRPr="003132CB" w:rsidSect="00CA52A5">
       <w:footerReference w:type="default" r:id="rId9"/>
       <w:footerReference w:type="first" r:id="rId10"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="709" w:footer="646" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="250DD289" w14:textId="77777777" w:rsidR="005F3B5E" w:rsidRDefault="005F3B5E" w:rsidP="00090DD4">
+    <w:p w14:paraId="0BC8A097" w14:textId="77777777" w:rsidR="00CC11A5" w:rsidRDefault="00CC11A5" w:rsidP="00090DD4">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5F1F0FF0" w14:textId="77777777" w:rsidR="005F3B5E" w:rsidRDefault="005F3B5E" w:rsidP="00090DD4">
+    <w:p w14:paraId="7365FA0D" w14:textId="77777777" w:rsidR="00CC11A5" w:rsidRDefault="00CC11A5" w:rsidP="00090DD4">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
-    <w:charset w:val="EE"/>
+    <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
-    <w:charset w:val="EE"/>
+    <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
-    <w:charset w:val="EE"/>
+    <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI Symbol">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
@@ -9437,58 +9288,58 @@
             <w:rPr>
               <w:rStyle w:val="slostrnky"/>
               <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
               <w:color w:val="808080"/>
               <w:spacing w:val="40"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="60BDF9EA" w14:textId="77777777" w:rsidR="00CA52A5" w:rsidRDefault="00CA52A5">
     <w:pPr>
       <w:pStyle w:val="Zpat"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="37DB63CE" w14:textId="77777777" w:rsidR="005F3B5E" w:rsidRDefault="005F3B5E" w:rsidP="00090DD4">
+    <w:p w14:paraId="0B95D217" w14:textId="77777777" w:rsidR="00CC11A5" w:rsidRDefault="00CC11A5" w:rsidP="00090DD4">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="27BBD101" w14:textId="77777777" w:rsidR="005F3B5E" w:rsidRDefault="005F3B5E" w:rsidP="00090DD4">
+    <w:p w14:paraId="3ABDB2D3" w14:textId="77777777" w:rsidR="00CC11A5" w:rsidRDefault="00CC11A5" w:rsidP="00090DD4">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="08D742C1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A712059C"/>
     <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
@@ -10476,52 +10327,51 @@
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="493647446">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="1296258127">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="897517704">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="326523892">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="1693723519">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="1189684407">
     <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="120"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:zoom w:percent="100"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00CA52A5"/>
     <w:rsid w:val="00041D1D"/>
     <w:rsid w:val="00042B01"/>
     <w:rsid w:val="0008002E"/>
     <w:rsid w:val="0009058C"/>
@@ -10600,106 +10450,109 @@
     <w:rsid w:val="008A7798"/>
     <w:rsid w:val="0094049F"/>
     <w:rsid w:val="00962223"/>
     <w:rsid w:val="009A107B"/>
     <w:rsid w:val="009B5585"/>
     <w:rsid w:val="009E4285"/>
     <w:rsid w:val="00A077AC"/>
     <w:rsid w:val="00A53361"/>
     <w:rsid w:val="00A62C45"/>
     <w:rsid w:val="00AB0A8B"/>
     <w:rsid w:val="00AC6C29"/>
     <w:rsid w:val="00B049AB"/>
     <w:rsid w:val="00B2179A"/>
     <w:rsid w:val="00B303DF"/>
     <w:rsid w:val="00B310A5"/>
     <w:rsid w:val="00B330D5"/>
     <w:rsid w:val="00B73302"/>
     <w:rsid w:val="00B94EEA"/>
     <w:rsid w:val="00BA78C5"/>
     <w:rsid w:val="00BF2350"/>
     <w:rsid w:val="00BF30D1"/>
     <w:rsid w:val="00C02A62"/>
     <w:rsid w:val="00C366E5"/>
     <w:rsid w:val="00C7703E"/>
     <w:rsid w:val="00CA52A5"/>
+    <w:rsid w:val="00CC11A5"/>
     <w:rsid w:val="00CF006C"/>
+    <w:rsid w:val="00CF5C34"/>
     <w:rsid w:val="00D02978"/>
     <w:rsid w:val="00D37C6F"/>
     <w:rsid w:val="00D568D6"/>
     <w:rsid w:val="00D61325"/>
     <w:rsid w:val="00D671FB"/>
     <w:rsid w:val="00D855A6"/>
     <w:rsid w:val="00D86634"/>
     <w:rsid w:val="00D97D5D"/>
     <w:rsid w:val="00DC0E1E"/>
     <w:rsid w:val="00DF336A"/>
     <w:rsid w:val="00DF5384"/>
     <w:rsid w:val="00E101B7"/>
     <w:rsid w:val="00E320E5"/>
     <w:rsid w:val="00E36AA6"/>
+    <w:rsid w:val="00E63B97"/>
     <w:rsid w:val="00E63EFF"/>
     <w:rsid w:val="00E706B1"/>
     <w:rsid w:val="00E87449"/>
     <w:rsid w:val="00E92EA4"/>
     <w:rsid w:val="00EA523F"/>
     <w:rsid w:val="00EB3026"/>
     <w:rsid w:val="00EE3308"/>
     <w:rsid w:val="00EE6417"/>
     <w:rsid w:val="00EF1653"/>
     <w:rsid w:val="00F00FB0"/>
     <w:rsid w:val="00F2044F"/>
     <w:rsid w:val="00F347F2"/>
     <w:rsid w:val="00F37C8A"/>
     <w:rsid w:val="00F462E0"/>
     <w:rsid w:val="00F464F2"/>
     <w:rsid w:val="00F73CFD"/>
     <w:rsid w:val="00F948E8"/>
     <w:rsid w:val="00FD5D09"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="cs-CZ" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
-  <w:decimalSymbol w:val="."/>
+  <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="6D0B862C"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{B0CC6263-4FDC-4C17-89EB-660EC19301CF}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="cs-CZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
         <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
@@ -12403,162 +12256,164 @@
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
-    <w:charset w:val="EE"/>
+    <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
-    <w:charset w:val="EE"/>
+    <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
-    <w:charset w:val="EE"/>
+    <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI Symbol">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:revisionView w:formatting="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00745E0C"/>
     <w:rsid w:val="00115B5A"/>
     <w:rsid w:val="00212B18"/>
     <w:rsid w:val="00391A0A"/>
     <w:rsid w:val="00406C0D"/>
     <w:rsid w:val="005C4FAC"/>
     <w:rsid w:val="0069249E"/>
     <w:rsid w:val="00694289"/>
     <w:rsid w:val="00732A4D"/>
     <w:rsid w:val="00745E0C"/>
+    <w:rsid w:val="00781462"/>
     <w:rsid w:val="007871CE"/>
     <w:rsid w:val="008532CF"/>
     <w:rsid w:val="009C1225"/>
     <w:rsid w:val="00AA0000"/>
     <w:rsid w:val="00AA418C"/>
     <w:rsid w:val="00AC6C29"/>
     <w:rsid w:val="00BC3E7B"/>
     <w:rsid w:val="00C80F39"/>
+    <w:rsid w:val="00CF5C34"/>
     <w:rsid w:val="00D63FDC"/>
     <w:rsid w:val="00E63EFF"/>
     <w:rsid w:val="00EF1653"/>
     <w:rsid w:val="00F37C8A"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="cs-CZ" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
-  <w:decimalSymbol w:val="."/>
+  <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="cs-CZ" w:eastAsia="cs-CZ" w:bidi="ar-SA"/>
         <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
@@ -13470,69 +13325,69 @@
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{f26a48e1-fc21-461a-b97f-ac5bd535f341}" enabled="0" method="" siteId="{f26a48e1-fc21-461a-b97f-ac5bd535f341}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>7</Pages>
-  <Words>1907</Words>
-  <Characters>10875</Characters>
+  <Words>1853</Words>
+  <Characters>10934</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>90</Lines>
+  <Lines>91</Lines>
   <Paragraphs>25</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Název</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>12757</CharactersWithSpaces>
+  <CharactersWithSpaces>12762</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Leuner Olga</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>